--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa633dd" w14:textId="fa633dd">
+    <w:p w14:paraId="cc8ad4d" w14:textId="cc8ad4d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -254,570 +254,568 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1205228 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 1274204,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 765661 мың теңге;</w:t>
+      салықтық түсімдер – 780318 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 11160 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 80550 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 66893 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 347857 мың теңге;</w:t>
+      трансферттер түсімі – 415833,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1266241 мың теңге, оның ішінде;</w:t>
+      2) шығындар – 1335217,7 мың теңге, оның ішінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -61013 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану)– 61013 мың теңге;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 61013 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 61013 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджетте Әйтеке би кентінің бюджетіне республикалық бюджет қаражаты есебінен қаралған нысаналы трансферттер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджетте Әйтеке би кентінің бюджетіне аудандық бюджет қаражаты есебінен қаралған нысаналы трансферттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1021,94 +1019,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 354 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Әйтеке би кенті бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1719,51 +1717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1205228</w:t>
+1274204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1896,51 +1894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-765661</w:t>
+780318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2073,51 +2071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605631</w:t>
+620288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2250,51 +2248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605631</w:t>
+620288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2781,51 +2779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7300</w:t>
+6833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2958,51 +2956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140830</w:t>
+141297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3843,51 +3841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5660</w:t>
+3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4020,51 +4018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5660</w:t>
+3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4197,51 +4195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4374,51 +4372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4551,51 +4549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3000</w:t>
+4292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4728,51 +4726,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3000</w:t>
+4292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4905,51 +4903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80550</w:t>
+66893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5082,51 +5080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80550</w:t>
+66893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5259,51 +5257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72450</w:t>
+61000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5436,51 +5434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8100</w:t>
+5893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5613,51 +5611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5790,51 +5788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5967,51 +5965,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-347857</w:t>
+415833,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6571,51 +6569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1266241</w:t>
+1335217,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6748,51 +6746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-269353</w:t>
+283941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6925,51 +6923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-269353</w:t>
+283941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7102,51 +7100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-238288</w:t>
+249389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7279,51 +7277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28483</w:t>
+33641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7456,51 +7454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2582</w:t>
+911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7597,87 +7595,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғынүй-коммуналдықшаруашылық</w:t>
-[...35 lines deleted...]
-821145</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+868615,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7810,51 +7808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821145</w:t>
+868615,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7987,51 +7985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207318</w:t>
+221106,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8164,51 +8162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81385</w:t>
+83321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8341,51 +8339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-532442</w:t>
+564187,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8518,51 +8516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8695,51 +8693,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8872,51 +8870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91232</w:t>
+95391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9049,51 +9047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82298</w:t>
+85057,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9226,51 +9224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82298</w:t>
+85057,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9403,51 +9401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80298</w:t>
+76986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9580,51 +9578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+8071,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12032,71 +12030,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12162,65 +12139,9377 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 354 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Әйтеке би кенті бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+680763</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+456161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107530</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138392</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138392</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138392</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+680763</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88462</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148763</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86540</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86540</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86540</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазалы аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 354 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Әйтеке би кенті бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -21468,9386 +30757,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 354 шешіміне 3-қосымша</w:t>
+              <w:t>№ 354 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="24"/>
-[...9311 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджетте Әйтеке би кенті бюджетіне республикалық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30932,51 +30909,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31382,94 +31376,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 354 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="26"/>
+    <w:bookmarkStart w:name="z47" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджетте Әйтеке би кенті бюджетіне аудандық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 455</w:t>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -31692,51 +31686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208 819</w:t>
+276 795,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32031,51 +32025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 867,3</w:t>
+19 453,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33387,51 +33381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550</w:t>
+396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33727,50 +33721,1745 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкім аппараты қызметкерлерінің жоспардан тыс Қызылорда қаласына оқуға және әкімнің Астана қаласына іс сапар шығындарына қосымша қаржы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті теңгеріміндегі нысандарды құжаттандыру қызметіне қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 154,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті аумағын абаттандыру мақсатында шаруашылық заттарын сатып алуға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Таза Қазақстан" экологиялық акциясы шеңберінде іс-шаралар өткізуге (марапаттауға қажетті рамка т.б. Заттар сатып алуға)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 659,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті көше жарығының электр энергиясына ақы төлеуге (қыркүйек-қараша айларына)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 032,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кентіне кіре беріс автожолға жарықшамдар орнату жұмыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті шет аймақтарын күл қоқыстан тазарту және ашық карьерлерді көму жұмыстарына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазалы аудандық абаттандыру мекемесінің қызметкерлеріне және жұмысшыларына қосымша үстемеақысына қосымша 10 штаттың еңбекақы қорына 3 айға қажетті қаржысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 834,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке Би кенті көшелерін жаңа жылдық мерекеге безендіру жұмыстарына және Орталық алаңға арка орнату, жаңа жылдық шыршаны безендіру жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 790,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті "Жаңа жыл" мерекесіне орай кент көшелерін безендіру жұмыстарына қосымша тауарлар сатып алуға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 804,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теңгерімдегі нысандарды түнгі жарық ленталарымен безендіру жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан аумағында пробация қызметінде есепте тұрған азаматтарға смарт блезікпен қамтамасыз етуге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйтеке би кенті әкімшілігі ғимаратының мәжіліс залына ковролин сатып алуға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 199,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылға "Әйтеке би кентінің 7 көшесінің автомобиль жолдарын күрделі жөндеу" жобасының сметалық құжаттарын әзірлеу және мемлекеттік сараптамадан өткізу жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 545,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылға "Әйтеке би кентінің 7 көшесінің автомобиль жолдарын орташа жөндеу" жобасының сметалық құжаттарын әзірлеу және мемлекеттік сараптамадан өткізу жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -33802,55 +35491,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>