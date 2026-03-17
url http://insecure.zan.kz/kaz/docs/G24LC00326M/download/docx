--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7692aec" w14:textId="7692aec">
+    <w:p w14:paraId="36904ca" w14:textId="36904ca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,514 +174,588 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Арал аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      1. 2025-2027 жылдарға арналған Бөген ауылдық округінің бюджеті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Бөген ауылдық округінің бюджеті 1, 2, 3 - қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+      1)кірістер – 111 226,5 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)Кірістер – 107 251,5 мың теңге;</w:t>
+      салықтық түсімдер – 11 403,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 99 371,5 мың теңге;</w:t>
+      трансферттер түсімі – 99 823,5 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 108 251,5 мың теңге;</w:t>
+      2) шығындар – 112 226,5 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0;</w:t>
+      3)таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
+      4)қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1000,0 мың теңге;</w:t>
+      5)бюджет тапшылығы (профициті) – -1000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1000,0 мың теңге;</w:t>
+      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1000,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 01.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 414</w:t>
+        <w:t>№ 445</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Бөген ауылдық округінің бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z24" w:id="2"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -885,120 +959,120 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 жылғы "27" желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 326 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бөген ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бөген ауылдық округінің 2025 жылға арналған бюджеті</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1070,52 +1144,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 жыл сомасы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-(мың теңге)</w:t>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1785,51 +1858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 251,5</w:t>
+111 226,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1962,51 +2035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 880</w:t>
+11 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2139,51 +2212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 800</w:t>
+4 787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2316,51 +2389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 800</w:t>
+4 787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2493,51 +2566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 059</w:t>
+6 595</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3024,51 +3097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 819</w:t>
+6 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3201,51 +3274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94</w:t>
+258</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3909,51 +3982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 371,5</w:t>
+99 823,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4086,51 +4159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 371,5</w:t>
+99 823,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4263,51 +4336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 371,5</w:t>
+99 823,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4871,51 +4944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108 251,5</w:t>
+112 226,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5048,51 +5121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 806</w:t>
+39 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5225,51 +5298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 806</w:t>
+39 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5402,369 +5475,369 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 806</w:t>
+38 987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-125</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Денсаулық сақтау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5820,128 +5893,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5965,337 +6038,337 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2277</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6351,164 +6424,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1839</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2277</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6569,477 +6642,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-438</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-45 515</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+438</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-45 515</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7059,518 +7132,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-45 515</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-22 528,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-22 528,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 528,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7590,50 +7663,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 528,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7703,51 +7953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 528,5</w:t>
+22 528,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10245,87 +10495,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 жылғы "27" желтоқсандағы </w:t>
+              <w:t xml:space="preserve">2024 жылғы 27 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 326 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="3"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бөген ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10363,70 +10613,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="4"/>
+          <w:bookmarkStart w:name="z35" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2026 жыл сомасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19041,87 +19291,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 жылғы "27" желтоқсандағы </w:t>
+              <w:t xml:space="preserve">2024 жылғы 27 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 326 .шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="5"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бөген ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19159,70 +19409,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="6"/>
+          <w:bookmarkStart w:name="z40" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2027 жыл сомасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27837,87 +28087,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 326 .шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="7"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бөгенауылдық округі бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -28187,55 +28437,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>