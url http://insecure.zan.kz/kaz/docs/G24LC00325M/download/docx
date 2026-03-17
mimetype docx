--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a27d795" w14:textId="a27d795">
+    <w:p w14:paraId="c525080" w14:textId="c525080">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Арал аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Бекбауыл ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,508 +253,509 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 92 165 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 92 909 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 5 418,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 9430,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 107 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 77 209 мың теңге;</w:t>
+      трансферттер түсімдері – 77 953 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 93 900 мың теңге;</w:t>
+      2) шығындар – 94 644 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 1 735 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 735 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі – 0 ;</w:t>
+      қарыздар түсімі - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0 ;</w:t>
+      қарыздарды өтеу - 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланатын қалдықтары – 1 735 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 01.01.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 413</w:t>
+        <w:t>№ 444</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Бекбауыл ауылдық округ бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -975,110 +959,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы "27" желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 325 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бекбауыл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 01.01.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 413</w:t>
+        <w:t>№ 444</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1142,70 +1110,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(мың теңге)</w:t>
+              <w:t>
+2025 жыл сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1875,51 +1842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92 165</w:t>
+92 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5061,51 +5028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 209</w:t>
+77 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5238,51 +5205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 209</w:t>
+77 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5415,51 +5382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 209</w:t>
+77 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6023,51 +5990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93 900</w:t>
+94 644</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6200,51 +6167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 323</w:t>
+41 067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6377,51 +6344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 323</w:t>
+41 067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6554,51 +6521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 923</w:t>
+40 667</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11751,9411 +11718,84 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 325 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бекбауыл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...9325 lines deleted...]
-        <w:t xml:space="preserve"> Бекбауыл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -21196,67 +11836,67 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="21"/>
+          <w:bookmarkStart w:name="z35" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2027 жыл сомасы </w:t>
+2026 жыл сомасы </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
@@ -25033,51 +15673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2027 жыл сомасы</w:t>
+2026 жыл сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30405,87 +21045,9414 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 325 шешіміне 4-қосымша</w:t>
+              <w:t>№ 325 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бекбауыл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z40" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жыл сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 349</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+710</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+710</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3621</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 537</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027 жыл сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елде мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+793</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+438</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтарының қозғалысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептік кезең соңындағы бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептік кезең соңындағы бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Арал аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 325 шешіміне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бекбауыл ауылдық округі бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30755,55 +30722,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>