--- v0 (2025-11-13)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0a0017c" w14:textId="0a0017c">
+    <w:p w14:paraId="91135f9" w14:textId="91135f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"2025-2027 жылдарға арналған Ақирек ауылдық округінің бюджеті туралы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облысы Арал аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 320 шешiмi</w:t>
+        <w:t>Қызылорда облысы Арал аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 320 шешiмi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 жылдан бастап қолданысқа енгізіледі осы шешімнің 3 тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Арал аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. 2025-2027 жылдарға арналған Ақирек ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -247,449 +230,492 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 - қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 69 605 мың теңге;</w:t>
+      1) кірістер – 71 596 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер –1 541 мың теңге;</w:t>
+      салықтық түсімдер – 1 541 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 250 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 67 814 мың теңге;</w:t>
+      трансферттер түсімі – 69 805 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 69 605 мың теңге;</w:t>
+      2) шығындар – 71 596 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)таза бюджеттік кредиттеу – 0;</w:t>
+      3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу- 0;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржы активтерін сатып алу - 0;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)бюджет тапшылығы (профициті) - 0;</w:t>
+      5) бюджет тапшылығы (профициті) - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0.".</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 0.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Ақирек ауылдық округінің бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялауға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -804,68 +830,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Турахметов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -912,87 +920,141 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 320 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақирек ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1- қосымша жаңа редакцияда - Қызылорда облысы Арал аудандық мәслихатының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақирек ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1030,86 +1092,83 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 жыл сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
-[...15 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1779,51 +1838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69605</w:t>
+71596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2133,51 +2192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2310,51 +2369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2487,51 +2546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1232</w:t>
+1105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3018,51 +3077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1070</w:t>
+877</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3195,51 +3254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+146</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3336,51 +3395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарғажәнеқызметтергесалынатынішкісалықтар</w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4434,51 +4493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+69805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4611,51 +4670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+69805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4788,51 +4847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67814</w:t>
+69805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5396,51 +5455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69605</w:t>
+71596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5573,51 +5632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+44173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5750,51 +5809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+44173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5927,51 +5986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43721</w:t>
+44173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7874,51 +7933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2316</w:t>
+3855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8051,51 +8110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2316</w:t>
+3855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8228,51 +8287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2316</w:t>
+3855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10680,57 +10739,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10777,87 +10829,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№шешіміне 2-қосымша</w:t>
+              <w:t>№ 320 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақирек ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10895,70 +10947,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="21"/>
+          <w:bookmarkStart w:name="z34" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2026 жыл сомасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20014,57 +20066,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20111,87 +20156,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 320 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақирек ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20229,70 +20274,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="23"/>
+          <w:bookmarkStart w:name="z39" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2027 жыл сомасы </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29348,57 +29393,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29445,87 +29483,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 320 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақирек ауылдық округі бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>