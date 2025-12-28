--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="13c898b" w14:textId="13c898b">
+    <w:p w14:paraId="4f25857" w14:textId="4f25857">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,71 +288,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 -қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға 1 қосымшаға сәйкес, келесі көлемде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, келесі көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 927 611 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 925 938 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтың түсімдері – 98 008 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -388,71 +408,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 2 398 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 826 143 мың теңге;</w:t>
+      трансферттер түсімдері – 824 470 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 969 959 мың теңге;</w:t>
+      2) шығындар – 968 286 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -655,61 +675,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 25.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 233</w:t>
+        <w:t>№ 245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1085,61 +1105,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақтас кентінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 25.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 233</w:t>
+        <w:t>№ 245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1918,51 +1938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-927 611</w:t>
+925 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2272,51 +2292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 356</w:t>
+57 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2449,51 +2469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 356</w:t>
+57 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3334,51 +3354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 323</w:t>
+1 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3511,51 +3531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 323</w:t>
+1 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4750,51 +4770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-826 143</w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4927,51 +4947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-826 143</w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5104,51 +5124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-826 143</w:t>
+824 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6193,51 +6213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-969 959</w:t>
+968 286</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6402,51 +6422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 424</w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6611,51 +6631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 424</w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6820,51 +6840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 424</w:t>
+104 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7029,51 +7049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93 060</w:t>
+93 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7166,541 +7186,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...71 lines deleted...]
-1 364</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі жөндеуінің шығыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-203 568</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-203 568</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7720,196 +7740,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-203 568</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7961,164 +7981,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-45 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8211,123 +8231,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-29 480</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8420,123 +8440,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-4 572</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8629,541 +8649,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-124 516</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын ұстау және туыстары жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 572</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-285 836</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-285 836</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9183,196 +9203,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-285 836</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9424,582 +9444,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-285 836</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-386 131</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-сауық жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+279 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-386 131</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+386 130 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10019,196 +10039,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-386 131</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+386 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10260,164 +10280,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-127 780</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+386 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10510,50 +10530,259 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қалаларда, ауылдарда, кенттерде, ауылдықокругтерде автомобиль жолдарыныңжұмысістеуінқамтамасызету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+127 780</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10582,51 +10811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-258 351</w:t>
+258 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>