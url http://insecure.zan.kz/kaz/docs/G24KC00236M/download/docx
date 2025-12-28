--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c35e3ff" w14:textId="c35e3ff">
+    <w:p w14:paraId="23033b1" w14:textId="23033b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -308,151 +308,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кiрiстер – 868 065 мың теңге, оның ішінде:</w:t>
+      1) кiрiстер – 873 750 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер бойынша – 47 486 мың теңге;</w:t>
+      салықтық түсiмдер бойынша – 58 544 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер бойынша – 27 мың теңге;</w:t>
+      салықтық емес түсімдер бойынша – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 69 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 99 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 820 483 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 815 107 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 871 943 мың теңге;</w:t>
+      2) шығындар – 877 628 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -565,107 +565,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 3 878 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын (профицитті пайдалану) қаржыландыру – 3 878 мың теңге:</w:t>
+      6) бюджет тапшылығын (профицитті пайдалану) қаржыландыру – 3 878 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 3 878 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1225,61 +1225,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақтау кентінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2058,51 +2058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-868065 </w:t>
+873750 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2235,51 +2235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-47486 </w:t>
+58544 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2412,51 +2412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-28922 </w:t>
+36874 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2589,51 +2589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-28922 </w:t>
+36874 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2766,51 +2766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17712 </w:t>
+20642 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2943,51 +2943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-342 </w:t>
+208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3120,51 +3120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-311 </w:t>
+232 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3297,51 +3297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17059 </w:t>
+20202 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3474,51 +3474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-852 </w:t>
+1028 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3651,92 +3651,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-852 </w:t>
+1028 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3792,87 +3792,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3901,51 +3901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3969,87 +3969,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсімдер</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4110,164 +4110,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсімдер</w:t>
+Материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-27 </w:t>
+99 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4323,87 +4323,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-69 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4432,51 +4432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
+02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4500,87 +4500,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жердi және материалдық емес активтердi сату</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-69 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4641,654 +4641,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материалдық емес активтердi сату</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-69 </w:t>
-[...530 lines deleted...]
-820483 </w:t>
+815107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6333,51 +5802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-871943 </w:t>
+877628 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6542,51 +6011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-134290 </w:t>
+138599 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6751,51 +6220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-132865 </w:t>
+135053 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6960,51 +6429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-132865 </w:t>
+135053 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7169,51 +6638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-102258 </w:t>
+103996 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7587,51 +7056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-29637 </w:t>
+30087 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7796,51 +7265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8005,51 +7474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8214,51 +7683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1425 </w:t>
+3546 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8423,51 +7892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-231555 </w:t>
+219665 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9259,51 +8728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-131455 </w:t>
+119565 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9468,51 +8937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-131455 </w:t>
+119565 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9677,51 +9146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-42374 </w:t>
+46262 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9886,51 +9355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-89081 </w:t>
+73303 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10095,51 +9564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10304,51 +9773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10513,51 +9982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10722,51 +10191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-105681 </w:t>
+120366 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10931,51 +10400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11140,51 +10609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11349,51 +10818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-400413 </w:t>
+398994 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11767,51 +11236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-321588 </w:t>
+320169 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15593,51 +15062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге))</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42429,79 +41898,72 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шешім 5-қосымшамен толықтырылды - Қарағанды облысы Теміртау қалалық мәслихатының 10.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Қарағанды облысы Теміртау қалалық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/5</w:t>
+        <w:t>№ 37/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -42555,52 +42017,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы (мың теңге) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43521,51 +42983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-130483 </w:t>
+125107 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43730,51 +43192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43939,51 +43401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44148,51 +43610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44357,51 +43819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-114074 </w:t>
+108698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -44972,51 +44434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14074 </w:t>
+8698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -45177,51 +44639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14074 </w:t>
+8698 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -46387,136 +45849,98 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-музыкалық жабдықтар сатып алуға</w:t>
+музыкалық жабдықтар жиынтығын сатып алуға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 16409 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...36 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -46537,55 +45961,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>