--- v0 (2025-10-02)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80ba8f2" w14:textId="80ba8f2">
+    <w:p w14:paraId="dda7544" w14:textId="dda7544">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,573 +93,657 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Зейнетақымен және әлеуметтік қамсыздандыру саласындағы мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 12 шiлдедегi № 422/НҚ бұйрығы</w:t>
+        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 12 шiлдедегi № 422/НҚ бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫН:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Зейнетақымен және әлеуметтік қамсыздандыру саласындағы мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) тіркелген бағалары бекітілсін.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 488/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарышысының 2016 жылғы 26 қаңтардағы № 87 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> мынадай өзгерістер енгізілсін:</w:t>
+      Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 195-2-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5- тармақтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>776-6-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Қызметкерді еңбек (қызметтік) міндеттерін атқарған кезде оны жазатайым оқиғалардан міндетті сақтандыру туралы" Қазақстан Республикасы Заңының 23-2-бабының 6-тармағына, Қазақстан Республикасы Еңбек кодексінің 127-3-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысымен бекітілген Қазақстан Республикасының цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>190)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>191-1) тармақшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> алынып тасталсын;</w:t>
+        <w:t>
+      1. Зейнетақымен және әлеуметтік қамсыздандыру саласындағы мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) тіркелген бағалары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрыққа </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> алынып тасталсын.</w:t>
+      2. "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарышысының 2016 жылғы 26 қаңтардағы № 87 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+        <w:t xml:space="preserve">
+      1-тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алынып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) осы бұйрық ресми жарияланғаннан кейін Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің интернет-ресурсына орналастыруды;</w:t>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8 - қосымшалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алынып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық көшірмесінің Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін бұйрыққа қол қойылған күннен бастап бес жұмыс күні ішінде Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін қамтамасыз етсін.</w:t>
+      3. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі вице-министріне жүктелсін.</w:t>
+      1) осы бұйрық ресми жарияланғаннан кейін Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2) осы бұйрық көшірмесінің Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін бұйрыққа қол қойылған күннен бастап бес жұмыс күні ішінде Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       5. Осы бұйрық оны алғашқы ресми жарияланған күннен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1090,68 +1174,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 422/НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зейнетақымен және әлеуметтік қамсыздандыру саласындағы мемлекеттік монополияға жатқызылған "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4847,70 +4931,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 786,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚҚС-қосылған құн салығы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4934,55 +5018,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5308,31 +5392,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>