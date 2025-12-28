--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f218938" w14:textId="f218938">
+    <w:p w14:paraId="b50cf0d" w14:textId="b50cf0d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -192,51 +192,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 2 және 3-қосымшаларына сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер 48 001 мың теңге, оның ішінде:</w:t>
+      1) кірістер 48 126 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер 5 291 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
@@ -272,71 +272,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі 42 710 мың теңге;</w:t>
+      трансферттер түсімі 42 835 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар 48 004 мың теңге;</w:t>
+      2) шығындар 51 276 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
@@ -432,71 +432,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) (-) 3 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) (-) 3 150 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 3 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 3 150 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
@@ -511,89 +511,89 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаттарының пайдаланылатын қалдықтары 3 мың теңге.</w:t>
+      бюджет қаражаттарының пайдаланылатын қалдықтары 3 150 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Жетісу облысы Текелі қалалық мәслихатының 13.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Жетісу облысы Текелі қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-141</w:t>
+        <w:t>№ 38-158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -832,61 +832,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Текелі қалалық мәслихатының 2024 жылғы 27 желтоқсандағы № 27-125 шешімімен бекітілген 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – Жетісу облысы Текелі қалалық мәслихатының 13.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Жетісу облысы Текелі қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-141</w:t>
+        <w:t>№ 38-158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -921,8435 +921,8414 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Рудничный ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-[...24 lines deleted...]
-        <w:gridCol w:w="474"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="535"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сомасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі сыныбы Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-48 001</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 291</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-2 161</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-2 161</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-3 058</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-35</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-2 998</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Тауарларга, жұмыстарға жене керсетiлетiн кызметтерге салынатын iшкi салыктар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-42 710</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-42 710</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-42 710</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...170 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="24"/>
-[...35 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...101 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сомасы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...100 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-сомасы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...133 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...96 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 276</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...96 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Шығындар</w:t>
-[...36 lines deleted...]
-48 004</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...100 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
-[...36 lines deleted...]
-38 867</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...36 lines deleted...]
-38 867</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...36 lines deleted...]
-38 867</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...106 lines deleted...]
-001</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...36 lines deleted...]
-38 867</w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органның күрделі шығыстары</w:t>
-[...36 lines deleted...]
-0</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...100 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...36 lines deleted...]
-5 561</w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...36 lines deleted...]
-5 561</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...36 lines deleted...]
-5 561</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4 267</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...106 lines deleted...]
-008</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...36 lines deleted...]
-3 084</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...106 lines deleted...]
-009</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
-[...36 lines deleted...]
-621</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
-[...36 lines deleted...]
-1 856</w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...100 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
-[...36 lines deleted...]
-3 573</w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлігі</w:t>
-[...36 lines deleted...]
-3 573</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...36 lines deleted...]
-3 573</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
-[...36 lines deleted...]
-3 573</w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...100 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...36 lines deleted...]
-3 </w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...164 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:gridSpan w:val="21"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-3</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z33" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="23"/>
-[...89 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...102 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -9369,175 +9348,198 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...15 lines deleted...]
-          <w:p/>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -9557,1226 +9559,1229 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Таза бюджеттік кредиттеу</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="3"/>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...198 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="18"/>
-[...69 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-          <w:p/>
+              <w:t xml:space="preserve">
+Бюджеттік кредиттерді өтеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...70 lines deleted...]
-          </w:p>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші функция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...70 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10797,140 +10802,172 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10951,173 +10988,195 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...63 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Атауы</w:t>
-[...15 lines deleted...]
-          <w:p/>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11138,729 +11197,576 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="473" w:type="dxa"/>
-[...63 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="4"/>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="20"/>
-[...69 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -11883,540 +11789,566 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="25"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+Ішкі сыныбы Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="25"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3 150</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12438,343 +12370,345 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--3</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-3</w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12784,1326 +12718,1184 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
-[...35 lines deleted...]
-3</w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
-[...35 lines deleted...]
-3</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...167 lines deleted...]
-3</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="19"/>
-[...89 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...68 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...101 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...134 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...355 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39185,55 +38977,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>