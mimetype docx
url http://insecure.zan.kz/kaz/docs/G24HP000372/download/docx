--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae0e217" w14:textId="ae0e217">
+    <w:p w14:paraId="a1d7d36" w14:textId="a1d7d36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -23901,6178 +23901,4049 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z593" w:id="429"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Оқу-ағарту министрінің 23.09.2025 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 225</w:t>
+        <w:t>№ 258</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқталу мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Жауапты тұлғалар</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты тұлғалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> 1 бөлім. Облыстық және республикалық маңызы бар қалаларды, астананы және облыс аудандарын ваучерлік қаржыландыруға кезең-кезеңімен көшіру</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бөлім. Облыстық және республикалық маңызы бар қалаларды, астананы және облыс аудандарын ваучерлік қаржыландыруға кезең-кезеңімен көшіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шымкент қаласы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Шымкент қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаңтар, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шымкент қаласы әкімдігі, Білім басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тараз қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл облысының әкімдігі, Білім басқармасы, Тараз қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Түркістан қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орал қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Батыс Қазақстан облысының әкімдігі, Білім басқармасы, Орал қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Астана қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаңтар, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Астана қаласы әкімдігі, Білім басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семей қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наурыз, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай облысының әкімдігі, Білім басқармасы, Семей қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өскемен қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс Қазақстан облысының әкімдігі, Білім басқармасы, Өскемен қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарағанды қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарағанды облысының әкімдігі, Білім басқармасы, Қарағанды қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жезқазған қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлытау облысының әкімдігі, Білім басқармасы, Жезқазған қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарыағаш ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Сарыағаш ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байзақ ауданы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл облысының әкімдігі, Білім басқармасы, Байзақ ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Петропавл қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сәуір, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Солтүстік Қазақстан облысының әкімдігі, Білім басқармасы, Петропавл қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қостанай қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қостанай облысының әкімдігі, Білім басқармасы, Қостанай қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақмола облысының әкімдігі, Білім басқармасы, Қосшы қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қонаев қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мамыр, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар облысының әкімдігі, Білім басқармасы, Павлодар қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қосшы қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алматы облысының әкімдігі, Білім басқармасы, Қонаев қаласы білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талдықорған қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақмола облысының әкімдігі, Білім басқармасы, Қосшы қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жетісай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Жетісай ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сайрам ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Сайрам ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазығұрт ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Қазығұрт ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мақтаарал ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының әкімдігі, Білім басқармасы, Мақтаарал ауданының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақтөбе қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 маусым, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақтөбе облысының әкімдігі, Білім басқармасы, Ақтөбе қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атырау қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атырау облысының әкімдігі, Білім басқармасы, Атырау қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақтау қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маңғыстау облысының әкімдігі, Білім басқармасы, Маңғыстау қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда облысының әкімдігі, Білім басқармасы, Қызылорда қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйтерек ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Батыс Қазақстан облысының әкімдігі, Білім басқармасы, Бәйтерек қаласының білім бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алматы қ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шілде, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алматы қаласы әкімдігі, Білім басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> 2 бөлім. Облыстардың аудандарын1-бөлімде көрсетілген аудандарды қоспағанда, ваучерлік қаржыландыруға кезең-кезеңімен көшіру</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бөлім. Облыстардың аудандарын1-бөлімде көрсетілген аудандарды қоспағанда, ваучерлік қаржыландыруға кезең-кезеңімен көшіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қыркүйек, 2025 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл облысының әкімдігі, Білім басқармасы</w:t>
-            </w:r>
-[...2140 lines deleted...]
-Қызылорда облысының әкімдігі, Білім басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>