--- v1 (2025-11-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a1d7d36" w14:textId="a1d7d36">
+    <w:p w14:paraId="830b7ee" w14:textId="830b7ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -170,90 +170,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің төрағалығымен 2024 жылғы 29 шілдеде өткен кеңестің № 16-04/07-1393 хаттамасының 7-тармағының 2) тармақшысына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025 жылғы 1 қаңтар мен 31 желтоқсан аралығында білім беру қызметтерін алушылар бойынша ваучерлік қаржыландыруды ескере отырып, мектепке дейінгі тәрбие мен оқытуға мемлекеттік білім беру тапсырысын орналастыру жөніндегі пилоттық жоба (бұдан әрі – Пилоттық жоба) енгізілсін.</w:t>
+      1. 2025 жылғы 1 қаңтар мен 2026 жылғы 3 наурыз аралығында білім беру қызметтерін алушылар бойынша ваучерлік қаржыландыруды ескере отырып, мектепке дейінгі тәрбие мен оқытуға мемлекеттік білім беру тапсырысын орналастыру жөніндегі пилоттық жоба (бұдан әрі – Пилоттық жоба) енгізілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 31.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 172</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -23921,51 +23921,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve">; өзгеріс енгізілді – ҚР Оқу-ағарту министрінің 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
@@ -27904,50 +27924,199 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл облысының әкімдігі, Білім басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атырау облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаңтар, 2026 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атырау облысының әкімдігі, Білім басқармасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -28037,55 +28206,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>