--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72be4eb" w14:textId="72be4eb">
+    <w:p w14:paraId="0cacc02" w14:textId="0cacc02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Атаулы әлеуметтік көмек алуға үміткер адамдардың Ашық бағдарламалық интерфейстер (Open API) бойынша ақпарат алмасудың банкаралық жүйесі арқылы банктік шоттар, олар бойынша ақша қалдықтары және (немесе) қозғалысы бойынша деректерді беруге келісімін алған кезде мемлекеттік атаулы әлеуметтік көмек тағайындау тетігін сынақтан өткізу жөніндегі пилоттық жобаны іске асыру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 19 желтоқсандағы № 468, Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 23 желтоқсандағы № 830/НҚ және Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасарының 2024 жылғы 19 желтоқсандағы № 210 бірлескен бұйрығы</w:t>
+        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 19 желтоқсандағы № 468, Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2024 жылғы 23 желтоқсандағы № 830/НҚ және Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасарының 2024 жылғы 19 желтоқсандағы № 210 бірлескен бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -212,54 +212,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Пилоттық жобаның қолданылу кезеңі 2025 жылғы 1 қарашаға дейін деп айқындалсын.</w:t>
+      3. Пилоттық жобаның қолданылу кезеңі 2026 жылғы 1 қарашаға дейін айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 31.10.2024 № 547/НҚ және ҚР Ұлттық Банкі Төрағасы орынбасарының 03.11.2025 № 244 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Цифрландыру және мемлекеттік қызметтерді автоматтандыру департаменті:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4338,55 +4400,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>