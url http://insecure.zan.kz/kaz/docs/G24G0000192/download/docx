--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b72d7a8" w14:textId="b72d7a8">
+    <w:p w14:paraId="4ef09ff" w14:textId="4ef09ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,67 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өмірде қиын жағдайға тап болған адамдарды (отбасыларды) мемлекеттік органдардың құзыреті шегінде жан-жақты қолдаумен қамту жөніндегі жұмысты үйлестіру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 14 маусымдағы № 192 бұйрығы</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 14 маусымдағы № 192 бұйрығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 18-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -342,75 +335,58 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Еңбек және халықты әлеуметтік қорғау министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -456,518 +432,442 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Жақыпова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәдениет және ақпарат министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқу-ағарту министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнеркәсіп және құрылыс министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туризм және спорт министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық даму, ииновациялар жән</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...17 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі істер министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1072,896 +972,1144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 192 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өмірде қиын жағдайға тап болған адамдарды (отбасыларды) мемлекеттік органдардың құзыреті шегінде жан-жақты қолдаумен қамту жөніндегі жұмысты үйлестіру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалары жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Өмірде қиын жағдайға тап болған адамдарды (отбасыларды) мемлекеттік органдардың құзыреті шегінде жан-жақты қолдаумен қамту жөніндегі жұмысты үйлестіру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің 18-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және профилактикаға, ерте анықтауға және адамдардың (отбасылардың) өмірде қиын жағдайды еңсеруіне бағытталған шаралар кешенін жүзеге асыру жөніндегі мемлекеттік органдардың қызметін үйлестіру тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және мемлекеттік органдардың өмірде қиын жағдайға тап болған адамдардың (отбасылардың) профилактикасы, оларды ерте анықтау, еңсеруі, сондай-ақ өмірде қиын жағдайда болуына байланысты құқық бұзушылықтардың, зорлық-зомбылықтың және өзге де әлеуметтік тәуекелдердің алдын алуға бағытталған кешенді шараларды жүзеге асыру жөніндегі қызметін үйлестіру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z39" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидалар өмірде қиын жағдайға тап болған адамдарды (отбасыларды) анықтаған сәттен бастап (бұдан әрі – адамдар (отбасылар) білім беру, денсаулық сақтау, жұмыспен қамту, халықты әлеуметтік қорғау, спорт, мәдениет, туризм, қоғамдық даму және отбасылық саясат, тұрғын үй қатынастары, жастар саясаты, ішкі саясат, ішкі істер салаларындағы мемлекеттік органдардың ведомствоаралық үйлестіруіне, сондай-ақ өмірдегі қиын жағдайға тап болған адамдарға (отбасыларға) қатысты құқық бұзушылықтардың профилактикасы жөніндегі шараларды өз құзыреті шегінде іске асыру мақсатына бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z40" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z41" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік еңбек саласындағы бірыңғай цифрлық жүйе– уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған цифрлық объектісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z42" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының отбасы саясаты саласындағы уәкілетті органы (бұдан әрі – уәкілетті орган) – мемлекеттік отбасы саясатын қалыптастыру бойынша басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z43" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Отбасын қолдау орталығы (бұдан әрі – Орталық) – жергілікті атқарушы органдардың шешімі бойынша аудандар мен қалалардағы аудандарда халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың жанынан құрылған ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z44" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Отбасының цифрлық картасы (бұдан әрі – ОЦК) – әртүрлі мемлекеттік органдардың мәліметтерін жинақтайтын, азаматтардың әлеуметтік әл-ауқат деңгейін айқындауға және оларға проактивті форматта (алушыдан өтінішті күтпей) кепілдік берілген мемлекеттік қолдауды көрсетуге мүмкіндік беретін "цифрлық үкімет" платформасындағы цифрлық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z45" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) өмірдегі қиын жағдай (бұдан әрі – ӨҚЖ) – Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негіздер бойынша адамның тыныс-тіршілігін объективті түрде бұзатын деп танылған, ол оны өз бетінше еңсере алмайтын жағдай;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z46" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ӨҚЖ-ға тап болған адамдарға (отбасыларға) мемлекеттік органдардың құзыреті шегінде жан-жақты қолдау көрсетудің интеграцияланған моделі (бұдан әрі – интеграцияланған модель) – ведомствоаралық өзара іс-қимылды күшейту мақсатында уәкілетті мемлекеттік органның үйлестіруімен мемлекеттік органдардың қатысуын көздейтін ұйымдастырушылық және функционалдық тәсіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z47" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өмірде қиын жағдайға тап болған адамдарға (отбасыларға) қатысты құқық бұзушылықтардың профилактикасы – интеграцияланған модель және жеке жұмыс жоспары шеңберінде іске асырылатын, қоғамға қарсы мінез-құлықтың, зорлық-зомбылықтың алдын алуға және өмірдегі қиын жағдайға қайта түсуіне жол бермеуге бағытталған әлеуметтік, психологиялық, құқықтық және өзге де шаралар кешені.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z48" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кешенді қызметтер көрсету кезіндегі ведомствоаралық өзара іс-қимыл мынадай міндеттерді шешуге бағытталған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z49" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кепілдік берілген құқықтардың болуы, мемлекеттік қолдау шаралары және оларды алу тәсілдері туралы анық, уақтылы ақпаратқа қол жеткізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z50" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамдардың (отбасылардың) ӨҚЖ-дан шығуын кейіннен тиімді мониторингтеу үшін құжат айналымын оңтайландыруды және стандарттауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z51" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметтер көрсетудің сапасы мен келісімділігін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z52" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) құзыреті шегінде барлық деңгейде және барлық қатысушы мемлекеттік органдар мен ұйымдарда жеке жұмыс жоспарын (бұдан әрі – ЖЖЖ) орындау есептілігін жүргізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z53" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Әлеуметтік жұмыс және әлеуметтік саланың басқа да кәсіптері" кәсіптік стандарттарында көзделген және қызметтерді алушының тұрақтылығын қалыптастыруға ықпал ететін әлеуметтік жұмыс технологияларын пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z54" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ӨҚЖ-ға тап болған адамдарды (отбасыларды) ӨҚЖ-дан шығу үшін ЖЖЖ-да көзделген іс-шараларға белсенді тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z55" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өмірде қиын жағдайға тап болған адамдардың (отбасылардың) құқық бұзушылыққа бару, виктимизация және әлеуметтік әл-ауқатсыздық тәуекелдерін анықтау және төмендету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z56" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) цифрлық объектінің мемлекеттік органдардың ақпараттық жүйелерімен, пробация қызметінің бақылауында тұрған адамдар туралы мәліметтермен алмасу мақсатында оның ішінде Қазақстан Республикасы Әділет министрлігінің атқарушылық іс жүргізу органдарының автоматтандырылған цифрлық жүйесімен "цифрлық үкімет" шлюзі арқылы өзара ақпараттық іс-қимылын қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z57" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Білім беру, денсаулық сақтау, жұмыспен қамту, халықты әлеуметтік қорғау, спорт, мәдениет, туризм, қоғамдық даму және отбасы саясаты, тұрғын үй қатынастары, жастар саясаты, ішкі саясат, ішкі істер саласындағы мемлекеттік органдар мен ұйымдар ӨҚЖ-ға тап болған адамдарды (отбасыларды) жан-жақты қолдауды қамту жөніндегі ведомствоаралық өзара іс-қимылға қатысушылар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z58" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдарды жан-жақты қолдау адамдарды (отбасыларды) ӨҚЖ-дан шығару үшін құзыреті шегінде мемлекеттік органдар мен ұйымдар жүргізетін іс-шаралар кешенін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z59" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларды іске асыруға қатысатын мемлекеттік органдар мен ұйымдар Қазақстан Республикасының "Құқық бұзушылық профилактикасы туралы" Заңына сәйкес құқық бұзушылықтардың алдын алу субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      2. Қағидалар өмірде қиын жағдайға тап болған адамдар (отбасылар) (бұдан әрі – адамдар (отбасылар) анықталған кезден бастап білім беру, денсаулық сақтау, жұмыспен қамту, халықты әлеуметтік қорғау, спорт, мәдениет, туризм, қоғамдық даму және отбасы саясаты, тұрғын үй қатынастары, жастар саясаты, ішкі саясат, ішкі істер саласындағы мемлекеттік органдарды ведомствоаралық үйлестіруге және құзыреті шегінде жан-жақты қолдау көрсетуге бағытталған.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Орталық мемлекеттік органдардың құзыреті шегінде, құқық бұзушылықтардың алдын алу міндеттерін ескере отырып, жан-жақты қолдаумен ӨҚЖ-ға тап болған адамдарды (отбасыларды) қамту жөніндегі жұмыстарды үйлестіруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      3. Осы Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік органдар мен ұйымдар ведомствоаралық өзара іс-қимыл арқылы кешенді сүйемелдеу қызметтерін тиімді көрсету үшін мынадай функцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының отбасы саясаты саласындағы уәкілетті органы (бұдан әрі – уәкілетті орган) – мемлекеттік отбасы саясатын қалыптастыру бойынша басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Орталық қабылданған ЖЖЖ заңнамада белгіленген мерзімде орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
-[...15 lines deleted...]
-      2) Отбасын қолдау орталығы (бұдан әрі – Орталық) – жергілікті атқарушы органдардың шешімі бойынша аудандар мен қалалардағы аудандарда халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың жанынан құрылған ұйымдар;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамдарды (отбасыларды) ӨҚЖ-дан шығу үшін ЖЖЖ-да көзделген іс-шараларды мерзімдерде және көлемде іске асыруға және олардың өз әлеуетін дамытуға тарту. Адамдар (отбасылар) балалы болған кезде, баланың қажеттіліктері мен мүдделерін ескеру басымды болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      3) отбасының цифрлық картасы (бұдан әрі – ОЦК) – әртүрлі мемлекеттік органдардың мәліметтерін жинақтайтын, азаматтардың әлеуметтік әл-ауқат деңгейін айқындауға және оларға проактивті форматта (алушыдан өтінішті күтпей) кепілдік берілген мемлекеттік қолдауды көрсетуге мүмкіндік беретін "электрондық үкімет" платформасындағы ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ЖЖЖ іске асырылуын қамтамасыз ету кезінде ақпараттың құпиялылығын сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      4) өмірдегі қиын жағдай (бұдан әрі – ӨҚЖ) – Қазақстан Республикасының Әлеуметтік кодексінде көзделген негіздер бойынша адамның тыныс-тіршілігін объективті түрде бұзатын деп танылған, ол оны өз бетінше еңсере алмайтын жағдай;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қолдау шараларын көрсету кезеңдерін сақтаудағы жүйелілік пен сабақтастық;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      5) ӨҚЖ-ға тап болған адамдарға (отбасыларға) мемлекеттік органдардың құзыреті шегінде жан-жақты қолдау көрсетудің интеграцияланған моделі (бұдан әрі – интеграцияланған модель) – ведомствоаралық өзара іс-қимылды күшейту мақсатында уәкілетті мемлекеттік органның үйлестіруімен мемлекеттік органдардың қатысуын көздейтін ұйымдастырушылық және функционалдық тәсіл.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ведомствоаралық үйлестірудің сапасы мен тиімділігінің тұрақты мониторингі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...15 lines deleted...]
-      4. Кешенді қызметтер көрсету кезіндегі ведомствоаралық өзара іс-қимыл мынадай міндеттерді шешуге бағытталған:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыреті шегінде, қиын өмірлік жағдайда тұрған тұлғаларға (отбасыларға) қатысты құқық бұзушылықтар мен зорлық-зомбылықтың алдын алу шараларын жүзеге асыруға қатысу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      1) кепілдік берілген құқықтардың болуы, мемлекеттік қолдау шаралары және оларды алу тәсілдері туралы анық, уақтылы ақпаратқа қол жеткізуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органдардың құзыреті шегінде өмірде қиын жағдайға тап болған адамдарды (отбасыларды) қамту жөніндегі жұмысты үйлестіру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...297 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Адамдарды (отбасыларды) ӨҚЖ-дан шығару үшін "Отбасын қолдау орталықтарының қызметін жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының 2024 жылғы 14 маусымдағы № 256-НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 34499 болып тіркелген) бекітілген отбасын қолдау орталығының қызметін жүзеге асыру қағидаларына сәйкес Орталық ЖЖЖ әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z70" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖЖЖ әлеуметтік бейімдеу, қайта әлеуметтік интеграциялау, ӨҚЖ-ға қайта түсу тәуекелдерін төмендету, сондай-ақ құқық бұзушылық тәуекелдерін азайту шараларын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z71" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Екі жұмыс күні ішінде Орталық өз құзыреті шегінде ЖЖЖ іс-шараларын іске асыруға тартылған мемлекеттік органдарға ЖЖЖ-ні жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z72" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органдар құзыреті шегінде және (немесе) Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 2020 жылғы 31 қаңтардағы № 39/НҚ бұйрығымен бекітілген мемлекеттік көрсетілетін қызметтер тізіліміне сәйкес мемлекеттік көрсетілетін қызметтер саласындағы заңнамада айқындалған мерзімдерде ӨҚЖ-дағы адамдарға (отбасыларға) мемлекеттік қолдау көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z73" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік органдар және (немесе) ұйымдар ЖЖЖ-да көрсетілген мерзімдерге сәйкес ЖЖЖ-ны орындау туралы ақпаратты Орталыққа ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z74" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік орган мен ұйымнан ақпарат алған күннен бастап екі жұмыс күні ішінде Орталық мемлекеттік көрсетілетін қызметтер саласындағы заңнамада айқындалған ЖЖЖ іс-шараларының іске асырылуын қадағалайды және олардың орындалу мәртебесі туралы белгі қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z75" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталық Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасы талаптарының орындалмағаны анықталған кезде ЖЖЖ-ны пысықтауға мемлекеттік органдарға және (немесе) ұйымдарға қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z76" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке жұмыс жоспарының орындалуы туралы ақпарат дербес деректер туралы заңнаманың талаптарын сақтай отырып, әлеуметтік және мінез-құлықтық тәуекелдерін төмендету бойынша нәтижелерге қол жеткізу туралы мәліметтерді қамтуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z77" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. ЖЖЖ іс-шараларын толық көлемде орындаған кезде, бір жұмыс күні ішінде Орталық ЖЖЖ-ға аяқталу күнін көрсете отырып, олардың аяқталғаны туралы белгі қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z78" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ведомствоаралық жұмысты мониторингтеу және талдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z79" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Ведомствоаралық жұмыстың тиімділігін бағалау мақсатында Орталық әлеуметтік мәртебенің өзгерістерін, сондай-ақ әлеуметтік қолайсыздық деңгейіне және құқық бұзушылықтардың профилактикасына әсер ететін әлеуметтік факторлардың жинақталған көрсеткіштерін ескере отырып, Қазақстан Республикасының заңнамасында белгіленген құзыреті мен өкілеттіктері шегінде тоқсан сайын бірлескен жұмысқа мониторинг жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z80" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жүргізілген мониторинг нәтижелері бойынша Орталық мемлекеттік органдардың және (немесе) ұйымдардың ведомствоаралық жұмысының тиімділігі туралы қорытынды жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z81" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыстар мен көрсетілетін қызметтердің сапасын арттыру үшін қорытындыда уәкілетті органға жіберілетін кемшіліктер (бар болса) және оларды жою жөніндегі ұсыныстар көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2287,31 +2435,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>