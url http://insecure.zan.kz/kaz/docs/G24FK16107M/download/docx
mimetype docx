--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6aad357" w14:textId="6aad357">
+    <w:p w14:paraId="2fa1488" w14:textId="2fa1488">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -350,200 +350,200 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мақаншы ауданы Көктал ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 қосымшаларға</w:t>
+        <w:t>3 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) кірістер – 43 155,0 мың теңге, соның ішінде:</w:t>
+        <w:t xml:space="preserve">
+      1) кірістер – 35 218,0 мың теңге, соның ішінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салықтық түсімдер – 3 693,0 мың теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 693,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер –0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0,0 мың теңге;</w:t>
+      трансферттер түсімі – 31 525,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
-[...35 lines deleted...]
-      2) шығындар – 43 537,0 мың теңге;</w:t>
+      2) шығындар – 35 600,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,51 +625,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 382,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -382,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 382,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 382,0 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 382,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 29.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 26-190/VIII</w:t>
+        <w:t>№ 29-211/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1074,246 +1074,181 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мақаншы ауданы Көктал ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 29.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 26-190/VIII</w:t>
+        <w:t>№ 29-211/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық кірістер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1356,115 +1291,83 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1507,179 +1410,147 @@
               <w:t>
 Iшкi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1689,4224 +1560,4111 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-43 155,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 218,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-355,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-355,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 329,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-283,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 506,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2 960,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға,жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...65 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-39 462,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 525,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39 462,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6915,128 +6673,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.Шығындар</w:t>
-[...35 lines deleted...]
-43 537,0</w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7160,51 +6918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7369,51 +7127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7578,51 +7336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 396,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7787,92 +7545,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 000,0</w:t>
+22 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7996,51 +7754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 396,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8664,51 +8422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8832,51 +8590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-641,0</w:t>
+10 641,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9041,51 +8799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-641,0</w:t>
+10 641,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9700,401 +9458,401 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-2 500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Мәдениет саласындағы қызмет</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет,спорт,туризм және ақпараттық кеңестік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10150,160 +9908,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10391,128 +10149,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала,ауыл,кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10536,401 +10294,401 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Борышқа қызмет көрсету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10986,160 +10744,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11227,128 +10985,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11372,192 +11130,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Трансферттер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11581,192 +11339,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Трансферттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11822,160 +11580,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12063,128 +11821,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Бюджеттік алып коюлар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12304,92 +12062,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III. Таза бюджеттік кредиттеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12413,188 +12175,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Бюджеттік кредиттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12659,151 +12425,151 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...99 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12900,119 +12666,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...67 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13141,87 +12907,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13245,188 +13011,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13482,156 +13252,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Қаржы активтерін сатып алу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13719,124 +13493,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13956,128 +13734,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-- 382,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік алып коюлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14161,128 +13943,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-382,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14407,51 +14193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14507,160 +14293,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14716,160 +14498,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Мемлекеттік ішкі қарыздар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14957,333 +14739,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Қарыздарды өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15339,160 +15125,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздарды өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15580,128 +15362,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15821,96 +15599,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген нысыналы мақсатқа сай пайдаланылмаған кредиттерді қайтару</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16030,132 +15804,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+V. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-382,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16239,132 +16009,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+382,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16384,196 +16150,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-382,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16593,196 +16355,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-382,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16834,50 +16596,613 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16902,96 +17227,1623 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген нысыналы мақсатқа сай пайдаланылмаған кредиттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген пайдаланылмаған бюджеттік кредиттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+382,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+382 ,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-382,0</w:t>
+382 ,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -48196,55 +50048,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>