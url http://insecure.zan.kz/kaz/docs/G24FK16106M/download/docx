--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f869e6" w14:textId="7f869e6">
+    <w:p w14:paraId="61f8421" w14:textId="61f8421">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -380,80 +380,80 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 қосымшаларға</w:t>
+        <w:t>3 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) кірістер – 27 973,0 мың теңге, соның ішінде:</w:t>
+        <w:t xml:space="preserve">
+      1) кірістер – 30 473,0 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық түсімдер – 8 812,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -463,87 +463,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер –0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 19 161,0 мың теңге;</w:t>
+      трансферттер түсімі – 21 661,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 29 951,0 мың теңге;</w:t>
+      2) шығындар – 32 451,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,51 +643,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1 978,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –  1 978,0 мың теңге, соның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 978,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 978,0 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 978,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-154/VIII</w:t>
+        <w:t>№ 29-208/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1074,246 +1074,181 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мақаншы ауданы Қаратал ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-154/VIII</w:t>
+        <w:t>№ 29-208/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық кірістер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1356,115 +1291,83 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1507,179 +1410,147 @@
               <w:t>
 Iшкi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1689,3597 +1560,4111 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-29 960,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 812,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 045,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 045,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5 667,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-251,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-116,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 900,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 148,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 400,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2 100,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға,жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...65 lines deleted...]
-2 100,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-19 161,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 661,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-19 161,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 661,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6324,51 +6709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 951,0</w:t>
+32 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6533,51 +6918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 447,0</w:t>
+27 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6742,51 +7127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 447,0</w:t>
+27 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6951,51 +7336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 447,0</w:t>
+27 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7160,51 +7545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 447,0</w:t>
+27 451,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8205,51 +8590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8414,51 +8799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8623,51 +9008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 504,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9041,224 +9426,224 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-526,0</w:t>
+522,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9282,228 +9667,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет,спорт,туризм және ақпараттық кеңестік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9523,196 +9908,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 504,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9764,546 +10149,546 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 978,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала,ауыл,кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Борышқа қызмет көрсету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10359,160 +10744,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10600,128 +10985,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10745,192 +11130,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Трансферттер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10954,192 +11339,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Трансферттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11195,160 +11580,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11436,128 +11821,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Бюджеттік алып коюлар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11686,87 +12071,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...35 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11790,188 +12175,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-III. Таза бюджеттік кредиттеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12027,156 +12416,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттік кредиттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12232,160 +12625,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12473,128 +12866,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12618,192 +13011,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12859,156 +13252,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13096,124 +13493,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Қаржы активтерін сатып алу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13333,92 +13734,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік алып коюлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13538,50 +13943,1911 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13615,51 +15881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--1 978,0</w:t>
+- 1 978,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -47782,55 +50048,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>