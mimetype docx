--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b79032" w14:textId="7b79032">
+    <w:p w14:paraId="c6345e5" w14:textId="c6345e5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -370,180 +370,180 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 167 020,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 172 453,1 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      салықтық түсімдер – 26 223,0 мың теңге;</w:t>
+        <w:t xml:space="preserve">
+      салықтық түсімдер – 27 360,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 45,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 140 752,0 мың теңге;</w:t>
+      трансферттер түсімі – 145 093,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 176 751,0 мың теңге;</w:t>
+      2) шығындар – 182 234,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,69 +625,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -9 731,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -9 781,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 9 731,0 мың теңге, соның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 9 781,0 мың теңге, соның ішінде::</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 9 731,0 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 9 781,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-147/VIII</w:t>
+        <w:t>№ 29-201/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1074,61 +1074,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мақаншы ауданы Бахты ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-147/VIII</w:t>
+        <w:t>№ 29-201/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1907,51 +1907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-167 020,0</w:t>
+172 453,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2084,51 +2084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 223,0</w:t>
+27 360,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2261,51 +2261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 342,0</w:t>
+19 762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2438,51 +2438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 342,0</w:t>
+19 762,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2615,51 +2615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 786,0</w:t>
+7 503,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2792,51 +2792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176,0</w:t>
+124,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3146,51 +3146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 484,0</w:t>
+6 687,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3323,51 +3323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875,0</w:t>
+441,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3854,51 +3854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4031,51 +4031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4208,51 +4208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4385,51 +4385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 752,0</w:t>
+145 093,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4562,51 +4562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 752,0</w:t>
+145 093,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5651,51 +5651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 751,0</w:t>
+182 234,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5860,51 +5860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6069,51 +6069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6278,51 +6278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6487,51 +6487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 473,0</w:t>
+38 316,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7535,257 +7535,275 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 797,0</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-138 443,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7814,187 +7832,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-138 443,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8159,51 +8177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138 443,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8296,332 +8314,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-057</w:t>
-[...71 lines deleted...]
-138 443,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...167 lines deleted...]
-0,0</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8650,187 +8668,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-0,0</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8958,88 +8976,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-0,0</w:t>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9132,332 +9150,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-042</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 583,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...167 lines deleted...]
-50,0</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9586,87 +9604,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер</w:t>
-[...35 lines deleted...]
-50,0</w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9831,51 +9849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9968,328 +9986,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-50,0</w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10309,192 +10331,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10514,196 +10540,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10755,164 +10781,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10996,96 +11022,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11246,51 +11268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11346,156 +11368,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Қаржы активтерін сатып алу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11583,124 +11609,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11820,128 +11850,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--9 731,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12066,87 +12100,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-9 731,0</w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12271,51 +12305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12371,160 +12405,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12612,164 +12642,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+V. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12853,305 +12879,297 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Қарыздарды өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13216,151 +13234,151 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...99 lines deleted...]
-Қарыздарды өтеу</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13457,119 +13475,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...67 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13698,87 +13716,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-054</w:t>
-[...35 lines deleted...]
-Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген нысыналы мақсатқа сай пайдаланылмаған кредиттерді қайтару</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13802,192 +13820,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген пайдаланылмаған бюджеттік кредиттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14043,160 +14061,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14252,196 +14270,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14493,164 +14511,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-9 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген нысыналы мақсатқа сай пайдаланылмаған кредиттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14743,50 +14761,886 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджетінен бөлінген пайдаланылмаған бюджеттік кредиттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 781,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14815,51 +15669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 731,0</w:t>
+9 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -38461,55 +39315,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38835,31 +39689,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>