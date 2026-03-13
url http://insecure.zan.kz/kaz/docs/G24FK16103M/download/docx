--- v0 (2025-11-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fe7cd06" w14:textId="fe7cd06">
+    <w:p w14:paraId="d945b5a" w14:textId="d945b5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -350,128 +350,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мақаншы ауданы Келдімұрат ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 қосымшаларға</w:t>
+        <w:t>3 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 173 295,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 178 458,3 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 772,0 мың теңге;</w:t>
+      салықтық түсімдер – 7 072,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 166 523,0 мың теңге;</w:t>
+      трансферттер түсімі – 171 386,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 175 306,0 мың теңге;</w:t>
+      2) шығындар – 180 469,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -588,52 +588,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      қаржы активтерін сатып алу - 0,0 мың теңге;</w:t>
+        <w:t xml:space="preserve">
+      қаржы активтерін сатып алу - 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаттарының пайдаланылатын қалдықтары – 2 011,0 мың теңге;</w:t>
+      бюджет қаражаттарының пайдаланылатын қалдықтары – 2 011,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-150/VIII</w:t>
+        <w:t>№ 29-204/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1074,215 +1074,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мақаншы ауданы Келдімұрат ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 30.05.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Мақаншы ауданы мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22-150/VIII</w:t>
+        <w:t>№ 29-204/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық кірістер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1292,116 +1291,116 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1411,148 +1410,147 @@
               <w:t>
 Iшкi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1562,3802 +1560,3585 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-173 295,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178 458,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6 772,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5 440,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-416,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2 632,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 369,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2 312,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+953,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-166 523,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 386,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...227 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 386,3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -6401,51 +6182,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 306,0</w:t>
+180 469,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6610,51 +6391,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6819,51 +6600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7028,51 +6809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7237,51 +7018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 940,0</w:t>
+26 893,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7446,51 +7227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7655,51 +7436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7864,51 +7645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 601,0</w:t>
+1 733,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8073,51 +7854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 913,0</w:t>
+1 413,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8282,260 +8063,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-688,0</w:t>
+320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...167 lines deleted...]
-149 765,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8564,187 +8345,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-149 765,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8909,51 +8690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 765,0</w:t>
+2 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9046,50 +8827,886 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 343,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9118,51 +9735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 765,0</w:t>
+149 343,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43408,55 +44025,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -43782,31 +44399,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>