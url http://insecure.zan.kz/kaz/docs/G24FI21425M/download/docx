--- v0 (2025-12-17)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d12512" w14:textId="0d12512">
+    <w:p w14:paraId="7d9317b" w14:textId="7d9317b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -429,159 +429,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)кірістер – 46 068,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 43 452,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 131,0 мың теңге;</w:t>
+      салықтық түсімдер – 4 131,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      трансферттер түсімі – 39 321,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 42 937,0 мың теңге;</w:t>
+      2) шығындар – 45 194,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)шығындар – 47 810,3 мың теңге;</w:t>
-[...17 lines deleted...]
-      3)таза бюджеттік кредиттеу - 0,0 мың теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -591,123 +591,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, соның ішінде:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге; соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың   теңге;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)бюджет тапшылығы (профициті) – -1 742,3 мың теңге;</w:t>
+      5) бюджет (профициті) тапшылығы – -1 742,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 742,3   мың теңге:</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1 742,3 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –1 742,3 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -717,89 +735,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 742,3 мың теңге.</w:t>
+      бюджет қаражаттарының пайдаланылатын бос қалдықтары – 1 742,3 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 29.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 24-477/VIII</w:t>
+        <w:t>№ 30-610/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1081,61 +1099,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үржар ауданы Салқынбел ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 29.04.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 24-477/VIII</w:t>
+        <w:t>№ 30-610/VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1878,87 +1896,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I.Кірістер</w:t>
+I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 068,0</w:t>
+43 452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2091,51 +2109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 131,0</w:t>
+4 131,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3507,51 +3525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-479,0</w:t>
+1 479,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3684,51 +3702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-479,0</w:t>
+1 479,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4887,87 +4905,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер түсімі</w:t>
+Трансферттер түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 937,0</w:t>
+39 321,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5100,51 +5118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 937,0</w:t>
+39 321,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6153,87 +6171,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.Шығындар</w:t>
-[...35 lines deleted...]
-47 810,3</w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 194,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6398,51 +6416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 905,0</w:t>
+39 319,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6607,51 +6625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 905,0</w:t>
+39 319,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6816,51 +6834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 905,0</w:t>
+39 319,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7025,51 +7043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 477,0</w:t>
+38 916,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7234,51 +7252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-428,0</w:t>
+403,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7443,51 +7461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 830,0</w:t>
+5 830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7652,51 +7670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 830,0</w:t>
+5 830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7824,88 +7842,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-4 830,0</w:t>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8070,51 +8088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 480,0</w:t>
+5 480,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8452,87 +8470,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
-[...35 lines deleted...]
-61,0</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8697,51 +8715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8870,105 +8888,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық</w:t>
-[...53 lines deleted...]
-61,0</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9133,51 +9133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9306,87 +9306,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік және коммуникация</w:t>
-[...35 lines deleted...]
-5 000,0</w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9515,87 +9515,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлігі</w:t>
-[...35 lines deleted...]
-5 000,0</w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9760,51 +9760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 000,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9969,224 +9969,224 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 000,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...131 lines deleted...]
-Борышқа қызмет көрсету</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10251,151 +10251,151 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...99 lines deleted...]
-Борышқа қызмет көрсету</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10559,52 +10559,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+              <w:t>
+Аудандық маңызы бар қала,ауыл,кент,ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10733,87 +10733,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-042</w:t>
-[...35 lines deleted...]
-Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11395,52 +11395,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11569,123 +11569,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-044</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11778,123 +11778,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-14,3</w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13670,52 +13670,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
+              <w:t xml:space="preserve">
+V. Бюджет тапшылығы (профициті) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13876,51 +13876,256 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+VI. Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 742,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIІ. Бюджет тапшылығын каржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -47613,55 +47818,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -47987,31 +48192,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>