--- v0 (2025-12-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f63c6ee" w14:textId="f63c6ee">
+    <w:p w14:paraId="3c2f400" w14:textId="3c2f400">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,51 +347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 34453 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 34030,6 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 8815 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 25638 мың теңге;</w:t>
+      трансферттер түсімдері – 25215,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 38819,4 мың теңге;</w:t>
+      2) шығындар – 38397 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,61 +555,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-17-VIII</w:t>
+        <w:t>№ 40-14-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -628,182 +628,202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Степной ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенцияның көлемі 19452 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Степной ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 241 мың теңге сомасында көзделсін.</w:t>
+      3. 2025 жылға арналған Степной ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 236,5 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-17-VIII</w:t>
+        <w:t>№ 40-14-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. 2025 жылға арналған Степной ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 5945 мың теңге сомасында көзделсін.</w:t>
+      3-1. 2025 жылға арналған Степной ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 5527,1 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 3-1-тармақпен толықтырылды - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 38-17-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-14-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімдерімен (01.01.2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1088,61 +1108,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Степной ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-17-VIII</w:t>
+        <w:t>№ 40-14-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1736,51 +1756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34453</w:t>
+34030,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2090,51 +2110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-965</w:t>
+642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2267,51 +2287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-965</w:t>
+642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2444,51 +2464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7633</w:t>
+7956</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2621,51 +2641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
+49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2798,51 +2818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-119</w:t>
+73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2975,51 +2995,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1491</w:t>
+1256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3152,51 +3172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5971</w:t>
+6578</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4037,51 +4057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25638</w:t>
+25215,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4214,51 +4234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25638</w:t>
+25215,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4391,51 +4411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25638</w:t>
+25215,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5259,51 +5279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38819,4</w:t>
+38397,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5468,51 +5488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30382,7</w:t>
+30323,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5677,51 +5697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30382,7</w:t>
+30323,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5886,51 +5906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30382,7</w:t>
+30323,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,51 +6115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29501,3</w:t>
+29441,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6513,51 +6533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4742,5</w:t>
+4379,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6722,51 +6742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4742,5</w:t>
+4379,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6931,51 +6951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4742,5</w:t>
+4379,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7140,51 +7160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-592,5</w:t>
+647,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7558,51 +7578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3900,0</w:t>
+3482,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>