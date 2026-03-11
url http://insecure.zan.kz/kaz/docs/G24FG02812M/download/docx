--- v0 (2025-10-11)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ab278a" w14:textId="7ab278a">
+    <w:p w14:paraId="e7f4a36" w14:textId="e7f4a36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,69 +347,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 75472 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 81128,6 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 15487 мың теңге;</w:t>
+      салықтық түсімдер – 21579 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 59985 мың теңге;</w:t>
+      трансферттер түсімдері – 59549,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 79045,6 мың теңге;</w:t>
+      2) шығындар – 84702,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,61 +555,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-11-VIII</w:t>
+        <w:t>№ 40-9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -628,172 +628,172 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Новодворовка ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенцияның көлемі 32762 мың теңге сомасында көзделсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Новодворовка ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 1375 мың теңге сомасында көзделсін.</w:t>
+      3. 2025 жылға арналған Новодворовка ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 1408,6 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-11-VIII</w:t>
+        <w:t>№ 40-9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. 2025 жылға арналған Новодворовка ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 25848 мың теңге сомасында көзделсін.</w:t>
+      4. 2025 жылға арналған Новодворовка ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 25379 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-11-VIII</w:t>
+        <w:t>№ 40-9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1088,61 +1088,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Новодворовка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-11-VIII</w:t>
+        <w:t>№ 40-9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1400,51 +1400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі сыныбы</w:t>
+Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1550,51 +1550,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кiрiстер атауы</w:t>
+Кiрiстератауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1736,51 +1736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75472</w:t>
+81128,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1913,51 +1913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15487</w:t>
+21579</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2090,51 +2090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2778</w:t>
+4728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2267,51 +2267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2778</w:t>
+4728</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2444,51 +2444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12497</w:t>
+16776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2975,51 +2975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4697</w:t>
+4509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3152,51 +3152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7623</w:t>
+12090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3329,51 +3329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-212</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3506,92 +3506,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-212</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+ 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3646,162 +3646,162 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Салықтық емес түсімдер</w:t>
+              <w:t xml:space="preserve">
+Трансферттер түсімдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+59549,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3824,129 +3824,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiнтрансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+59549,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3960,482 +3956,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трансферттер түсімдері </w:t>
+              <w:t>
+Аудандық (облыстық манызы бар кала) бюджеттен түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59985</w:t>
-[...353 lines deleted...]
-59985</w:t>
+59549,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5259,51 +4905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79045,6</w:t>
+84702,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5468,51 +5114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30467</w:t>
+33977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5677,51 +5323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30467</w:t>
+33977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5886,51 +5532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30467</w:t>
+33977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,260 +5741,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30467</w:t>
+32935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-24960</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6368,405 +6014,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-24960</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағынысты мемлекеттік мекемелердің күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-24960</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6786,196 +6432,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1891</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7027,164 +6673,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1003</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7277,332 +6923,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-22066</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20602</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7622,405 +7268,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20602</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22066</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-20602</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20148,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8072,582 +7718,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-20602</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20148,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3004</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20148,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3004</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8667,196 +8313,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3004</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация саласындағы өзге де қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8908,447 +8554,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3004</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9503,160 +9149,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9744,128 +9390,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9985,128 +9631,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10231,51 +9881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.Қаржылық активтерімен жасалатын операциялар бойынша сальдо</w:t>
+ІІІ. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10436,87 +10086,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--3573,6</w:t>
+IV.Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10641,87 +10291,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
-[...35 lines deleted...]
-3573,6</w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3573,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10741,160 +10391,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10950,160 +10596,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Бюджет қаражатының қалдықтары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11191,50 +10837,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3573,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11268,51 +11123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының бос қалдықтары</w:t>
+Бос қалдықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28318,55 +28173,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>