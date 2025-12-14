--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1504df4" w14:textId="1504df4">
+    <w:p w14:paraId="d49538a" w14:textId="d49538a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,70 +328,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін: </w:t>
+        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 56989 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 61639,8 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 12196 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,183 +419,387 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 44793 мың теңге;</w:t>
+      трансферттер түсімдері – 49443,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 56989 мың теңге;</w:t>
+      2) шығындар – 63568,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1929 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1929 мың теңге, соның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1929 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Зубаир ауылдық округ бюджетіне аудандық бюджеттен берілетін бюджеттік субвенцияның көлемі 16367 мың теңге сомасында көзделсін.</w:t>
+      2. 2025 жылға арналған Зубаир ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 6246,8 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Зубаир ауылдық округ бюджетіне облыстық бюджеттен ағымдағы нысаналы трансферттер 184 мың теңге сомасында көзделсін.</w:t>
+      3. 2025 жылға арналған Зубаир ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 26830 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Зубаир ауылдық округ бюджетіне аудандық бюджеттен ағымдағы нысаналы трансферттер 28242 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -869,50 +1073,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Зубаир ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-10-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1494,51 +1736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56989</w:t>
+61639,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3759,87 +4001,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Трансферттер түсімі </w:t>
-[...35 lines deleted...]
-44793</w:t>
+Трансферттер түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3972,51 +4214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44793</w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4149,51 +4391,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44793</w:t>
+49443,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5017,51 +5259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56989</w:t>
+63568,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5226,51 +5468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26277</w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5435,51 +5677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26277</w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5644,51 +5886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26277</w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5853,51 +6095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26277</w:t>
+27801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6062,51 +6304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1718</w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6271,51 +6513,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1718</w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6480,51 +6722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1718</w:t>
+7780,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6689,51 +6931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1407</w:t>
+7469,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7107,51 +7349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28994</w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7316,51 +7558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28994</w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7525,51 +7767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28994</w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7734,51 +7976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28994</w:t>
+27987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8108,51 +8350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.Қаржы активтерімен операциялар бойынша сальдо</w:t>
+IV.Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8349,51 +8591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+-1929</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8554,51 +8796,678 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылатын бюджет қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалған бюджет қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1929</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>