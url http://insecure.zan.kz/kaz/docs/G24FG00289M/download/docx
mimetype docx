--- v1 (2025-12-14)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d49538a" w14:textId="d49538a">
+    <w:p w14:paraId="9da5cc4" w14:textId="9da5cc4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,51 +347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 61639,8 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 61774,2 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 12196 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 49443,8 мың теңге;</w:t>
+      трансферттер түсімдері – 49578,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 63568,8 мың теңге;</w:t>
+      2) шығындар – 63703,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -509,107 +509,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1929 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1929 мың теңге, соның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1929 мың тенге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 1929 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-10-VIII</w:t>
+        <w:t>№ 40-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -637,143 +637,143 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-10-VIII</w:t>
+        <w:t>№ 40-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Зубаир ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 26830 мың теңге сомасында көзделсін.</w:t>
+      3. 2025 жылға арналған Зубаир ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 26964,4 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-10-VIII</w:t>
+        <w:t>№ 40-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1088,61 +1088,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Зубаир ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 38-10-VIII</w:t>
+        <w:t>№ 40-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1736,51 +1736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61639,8</w:t>
+61744,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4037,51 +4037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49443,8</w:t>
+49578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4178,87 +4178,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-49443,8</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4391,51 +4391,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49443,8</w:t>
+49578,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5259,51 +5259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63568,8</w:t>
+63703,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5468,51 +5468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27801</w:t>
+27935,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5677,51 +5677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27801</w:t>
+27935,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5886,51 +5886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27801</w:t>
+27935,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,51 +6095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27801</w:t>
+27935,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>