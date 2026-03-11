--- v0 (2025-10-10)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="55023bf" w14:textId="55023bf">
+    <w:p w14:paraId="ea78301" w14:textId="ea78301">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,177 +347,177 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 168300 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 178052 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдер – 108184 мың теңге;</w:t>
+      салықтық түсімдер – 108884 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 1000 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 7789 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 59116 мың теңге;</w:t>
+      трансферттер түсімдері – 61379 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 202216,1 мың теңге;</w:t>
+      2) шығындар – 211968,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -33916,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,61 +555,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-5-VIII</w:t>
+        <w:t>№ 38-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -690,90 +690,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Бородулиха ауылдық округінің бюджетінде аудандық бюджеттен 58875 мың теңге сомасында ағымдағы нысаналы трансферттер көзделсін.</w:t>
+      3. 2025 жылға арналған Бородулиха ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 61138 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-5-VIII</w:t>
+        <w:t>№ 38-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1068,61 +1068,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бородулиха ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-5-VIII</w:t>
+        <w:t>№ 38-6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1716,51 +1716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168300</w:t>
+178052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1893,51 +1893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108184</w:t>
+108884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2070,51 +2070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59014</w:t>
+61773</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2247,51 +2247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59014</w:t>
+61773</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2424,51 +2424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48928</w:t>
+46926</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2601,51 +2601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-805</w:t>
+505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2955,51 +2955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39736</w:t>
+38034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3309,51 +3309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-242</w:t>
+185</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3486,51 +3486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-242</w:t>
+185</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3840,51 +3840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000</w:t>
+7789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4017,51 +4017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000</w:t>
+7789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4194,51 +4194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000</w:t>
+7789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4335,87 +4335,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Трансферттер түсімі </w:t>
-[...35 lines deleted...]
-59116</w:t>
+Трансферттер түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4548,51 +4548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59116</w:t>
+61379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4725,51 +4725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59116</w:t>
+61379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5593,51 +5593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202216,1</w:t>
+211968,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5802,51 +5802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50315,5</w:t>
+52514,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6011,51 +6011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50315,5</w:t>
+52514,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6220,51 +6220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50315,5</w:t>
+52514,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6429,51 +6429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50315,5</w:t>
+52514,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6638,51 +6638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60411,4</w:t>
+60911,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6847,51 +6847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60411,4</w:t>
+60911,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7056,51 +7056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60411,4</w:t>
+60911,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7265,51 +7265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22853,2</w:t>
+23353,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7892,51 +7892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91486,1</w:t>
+98539,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8101,51 +8101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91486,1</w:t>
+98539,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8310,51 +8310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91486,1</w:t>
+98539,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8519,51 +8519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32611,1</w:t>
+36341,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8728,51 +8728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58875</w:t>
+62198</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9010,51 +9010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10348,51 +10348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
+VI. Бюджет тапшылығынқар жыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27897,55 +27897,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>