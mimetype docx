--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3428803" w14:textId="3428803">
+    <w:p w14:paraId="ae8b146" w14:textId="ae8b146">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -347,69 +343,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға арналған мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 175440 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 177027 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 31368 мың теңге;</w:t>
+      салықтық түсімдер – 35671 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,105 +415,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 200 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 143872 мың теңге;</w:t>
+      трансферттер түсімдері – 141156 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 175858 мың теңге;</w:t>
+      2) шығындар – 177445 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -418 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -527,89 +523,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 418 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 418 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылған қалдықтары – 418 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-4-VIII</w:t>
+        <w:t>№ 38-5-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -628,179 +624,260 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Белағаш ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенцияның көлемі 12988 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Белағаш ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 128142 мың теңге сомасында көзделсін.</w:t>
+      3. 2025 жылға арналған Белағаш ауылдық округінің бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер 123350 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-5-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. 2025 жылға арналған Белағаш ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 2742 мың теңге сомасында көзделсін.</w:t>
+      3-1. 2025 жылға арналған Белағаш ауылдық округінің бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер 4818 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 3-1-тармақпен толықтырылды- Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); жана редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-5-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімдерімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -808,51 +885,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Аудандық мәслихат төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -860,374 +937,317 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Урашева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...133 lines deleted...]
-    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бородулиха аудандық</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәслихатының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-4-VIII шешіміне</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Белағаш ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-4-VIII</w:t>
+        <w:t>№ 38-5-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3588"/>
+        <w:gridCol w:w="4322"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1243,110 +1263,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1362,147 +1396,168 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1512,3384 +1567,3649 @@
               <w:t>
 Кiрiстер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1. КІРІСТЕР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-175440</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-31368</w:t>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Салықтық түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9990</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9990</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-20658</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5847</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-143872</w:t>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-143872</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық (облыстық маңызы бар қалалық) бюджеттен түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-143872</w:t>
+            <w:tcW w:w="4322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1263"/>
+        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="1455"/>
+        <w:gridCol w:w="1455"/>
+        <w:gridCol w:w="4834"/>
+        <w:gridCol w:w="2603"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4905,110 +5225,124 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5024,142 +5358,163 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5175,179 +5530,207 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5357,6260 +5740,6925 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. ШЫҒЫНДАР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-175858</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177445</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-29860</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-29860</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-29860</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-29860</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6434</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6434</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6434</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5105</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1329</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11904</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11904</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11904</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-9162</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалалардың ауылдардың, кенттердін, ауылдық округтердің автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2742</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге де</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-127658</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге де</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-127658</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-127658</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Ауыл – Ел бесігі" жобасы аясында ауылдық елді мекендердері әлеуметтік және инженерлік инфрақұрылым бойынша іс -шараларды жүзеге асыру </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-127658</w:t>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122873</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11766,172 +12814,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Белағаш ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1545"/>
+        <w:gridCol w:w="1876"/>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="3782"/>
+        <w:gridCol w:w="3889"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11947,110 +13001,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12066,147 +13134,168 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12216,3192 +13305,3451 @@
               <w:t>
 Кiрiстер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1. КІРІСТЕР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41831</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Салықтық түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10989</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10989</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 741</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 741</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11442</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11442</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық (облыстық маңызы бар қалалық) бюджеттен түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15427,173 +16775,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1485"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="3971"/>
+        <w:gridCol w:w="2611"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15609,110 +16963,124 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15728,142 +17096,163 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15879,179 +17268,207 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16061,3752 +17478,4165 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. ШЫҒЫНДАР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41831</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28878</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19962,172 +21792,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Белағаш ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1545"/>
+        <w:gridCol w:w="1876"/>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="3782"/>
+        <w:gridCol w:w="3889"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20143,110 +21979,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20262,147 +22112,168 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20412,3192 +22283,3451 @@
               <w:t>
 Кiрiстер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1. КІРІСТЕР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Салықтық түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7075</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық (облыстық маңызы бар қалалық) бюджеттен түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23623,173 +25753,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1485"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="3971"/>
+        <w:gridCol w:w="2611"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23805,110 +25941,124 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23924,142 +26074,163 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24075,179 +26246,207 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24257,3752 +26456,4165 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. ШЫҒЫНДАР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29076</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29076</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29076</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29076</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3390</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 687</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28064,55 +30676,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>