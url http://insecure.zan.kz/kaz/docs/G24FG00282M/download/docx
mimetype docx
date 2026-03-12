--- v0 (2025-10-10)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="08e1c37" w14:textId="08e1c37">
+    <w:p w14:paraId="27a9d2a" w14:textId="27a9d2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,214 +328,214 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 44828 мың теңге, соның ішінде: </w:t>
+      1) кірістер – 52063,8 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салық түсімдері – 9355 мың теңге; </w:t>
+      салықтық түсімдер – 8860 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0 теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      негізгі капиталды сатудан түсетін түсімдер – 0 теңге; </w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 2495 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      трансферттер түсімі – 35473 мың теңге; </w:t>
+      трансферттер түсімдері – 40708,8 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) шығындар – 49629,7 мың теңге; </w:t>
+      2) шығындар – 56865,5 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0 теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) бюджет тапшылығы (профициті) – - 4801,7 мың теңге; </w:t>
+        <w:t>
+      5) бюджет тапшылығы (профициті) – - 4801,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 4801,7 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,61 +555,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -628,100 +628,202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған аудандық бюджеттен Андреевка ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенцияның көлемі 34389 мың теңге сомасында көзделсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Андреевка ауылдық округінің бюджетінде облыстық бюджеттен 1084 мың теңге сомасында ағымдағы нысаналы трансферттер көзделсін.</w:t>
+      3. 2025 жылға арналған Андреевка ауылдық округінің бюджетінде облыстық бюджеттен 1360,4 мың теңге сомасында ағымдағы нысаналы трансферттер көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. 2025 жылға арналған Андреевка ауылдық округінің бюджетінде аудандық бюджеттен 4959,4 мың теңге сомасында ағымдағы нысаналы трансферттер көзделсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 3-1-тармақпен толықтырылды- Абай облысы Бородулиха аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 38-3-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-2-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімдерімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -840,227 +942,180 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Урашева</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...133 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z9" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бородулиха аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәслихатының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-2-VIII шешіміне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Андреевка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 09.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Абай облысы Бородулиха аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-2-VIII</w:t>
+        <w:t>№ 40-2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1654,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44828</w:t>
+52063,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1831,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9355</w:t>
+8860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2008,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3607</w:t>
+2087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2185,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3607</w:t>
+2087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2362,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5690</w:t>
+6715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2539,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2893,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3310</w:t>
+3478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3070,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2258</w:t>
+3122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3564,52 +3619,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Салықтық емес түсімдер </w:t>
+              <w:t>
+Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3778,125 +3833,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3918,88 +3973,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трансферттер түсімі </w:t>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35473</w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4019,202 +4074,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35473</w:t>
+2495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4228,50 +4287,400 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферттер түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40708,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40708,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4309,51 +4718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35473</w:t>
+40708,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5177,51 +5586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49629,7</w:t>
+56865,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5386,51 +5795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28719</w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5595,51 +6004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28719</w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5804,51 +6213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28719</w:t>
+34370,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6013,51 +6422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27466</w:t>
+32897,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6222,433 +6631,433 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1253</w:t>
+1229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3551</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағынысты мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+243,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Елді-мекендерді көркейту</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6704,160 +7113,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6945,164 +7354,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2845</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7195,541 +7604,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-706</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарық тандыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-16118</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-16118</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7749,196 +8158,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-16118</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7990,582 +8399,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-16118</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1240</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18313,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1240</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8585,196 +8994,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1240</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8826,447 +9235,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1240</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар автомобиль жолдарын, елді мекендердің көшелерін күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9421,160 +9830,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трасферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9662,128 +10071,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9903,128 +10312,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10149,51 +10562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+ІІІ.Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10354,87 +10767,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--4801,7</w:t>
+IV. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10559,87 +10972,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
-[...35 lines deleted...]
-4801,7</w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4801,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10659,50 +11072,255 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4801,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10768,51 +11386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26564,55 +27182,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>