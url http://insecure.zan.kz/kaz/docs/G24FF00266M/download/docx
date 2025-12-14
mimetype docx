--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac194bb" w14:textId="ac194bb">
+    <w:p w14:paraId="46545e5" w14:textId="46545e5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -330,220 +330,220 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Долон ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Долон ауылдық округінің бюджеті тиісінше осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаларға</w:t>
+        <w:t>3-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 72 924,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 89 882,1 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 5 000,0 мың теңге; </w:t>
+      салықтық түсімдер – 8 770,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер- 1 307,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      трансферттер түсімі – 67 924,0 мың теңге; </w:t>
+      трансферттер түсімі – 79 805,1 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) шығындар – 76 129,6 мың теңге; </w:t>
+        <w:t>
+      2) шығындар – 93 140,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -553,69 +553,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бюджеттік кредиттер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу - 0,0 мың теңге;</w:t>
+      бюджеттік кредиттерді өтеу-0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) каржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, соның ішінде:</w:t>
+      4) каржы активтерімен операциялар бойынша сальдо-0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржы активтерін сатып алу – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,161 +625,161 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджеттік тапшылығы (профициті) – - 3 205,6 мың теңге;</w:t>
+      5) бюджеттік тапшылығы (профициті) – - 3 258,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 205,6 мың теңге, соның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 258,6 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі - 0,0 мың теңге;</w:t>
+      қарыздар түсімі-0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу - 0,0 мың теңге;</w:t>
+      қарыздарды өтеу-0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары- 3 205,6 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары- 3 258,6 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/6-VIII</w:t>
+        <w:t>№ 34/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1094,61 +1094,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Долон ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/6-VIII</w:t>
+        <w:t>№ 34/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1559,71 +1559,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1915,102 +1894,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І. Кірістер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-72 924,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 882,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2110,102 +2071,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-5000,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8770,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2305,102 +2248,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-900,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 229,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2500,102 +2425,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-900,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 229,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2695,102 +2602,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-3490,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 330,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2890,68 +2779,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3085,68 +2956,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3280,102 +3133,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-2200,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 913,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3475,102 +3310,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-1060,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3670,102 +3487,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-610,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3865,102 +3664,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-610,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4060,68 +3841,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4255,68 +4018,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кiрiстер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4645,102 +4390,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-0,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4769,173 +4496,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...121 lines deleted...]
-0,0</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5035,68 +4744,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5118,396 +4809,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...162 lines deleted...]
-67 924,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін жалдау құқығын сатқаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...149 lines deleted...]
-67 924,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 805,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5527,341 +5195,256 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...148 lines deleted...]
-67 924,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 805,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5871,210 +5454,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 805,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...126 lines deleted...]
- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6130,146 +5731,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...94 lines deleted...]
- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6293,409 +5876,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...162 lines deleted...]
-3 205,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...162 lines deleted...]
-3 205,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 258,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6715,50 +6262,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 258,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6828,51 +6552,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 205,6</w:t>
+3 258,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7029,50 +6753,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция </w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7148,50 +6890,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7727,51 +7487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 129,6</w:t>
+93 140,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7936,51 +7696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 824,0</w:t>
+52 835,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8145,51 +7905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 824,0</w:t>
+52 835,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8354,51 +8114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 824,0</w:t>
+52 835,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8563,51 +8323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 664,0</w:t>
+52 675,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8981,51 +8741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 300,0</w:t>
+31 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9817,51 +9577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 300,0</w:t>
+26 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10026,51 +9786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 300,0</w:t>
+26 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10235,51 +9995,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 000,0</w:t>
+22 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10444,51 +10204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000,0</w:t>
+4 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10862,51 +10622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11071,51 +10831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11280,51 +11040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11489,51 +11249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 000,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12357,192 +12117,188 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Басқалар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІІ.Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12598,160 +12354,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Басқалар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12839,128 +12591,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13080,96 +12828,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13330,51 +13074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ.Таза бюджеттік кредиттеу</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13534,52 +13278,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Бюджеттік кредиттер</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13740,87 +13484,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 258,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13945,907 +13689,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
-[...818 lines deleted...]
-              <w:t>
 VI.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 205,6</w:t>
+3 258,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42597,55 +41521,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>