--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2f74e99" w14:textId="2f74e99">
+    <w:p w14:paraId="ada0b2a" w14:textId="ada0b2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -168,91 +168,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің </w:t>
+      Қазақстан Республикасының Бюджет кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>91-бабының</w:t>
+        <w:t>3- тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3- тармағына, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
+        <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының 6-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-бабы</w:t>
+        <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына және Бесқарағай аудандық мәслихатының 2024 жылғы 25 желтоқсандағы № 25/2-VІІІ "2025-2027 жылдарға арналған Бесқарағай ауданының бюджеті туралы" </w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына және Бесқарағай аудандық мәслихатының 2024 жылғы 25 желтоқсандағы № 25/2-VІІІ "2025-2027 жылдарға арналған Бесқарағай ауданының бюджеті туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Бесқарағай аудандық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -277,201 +277,201 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Бесқарағай аудандық мәслихатының 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/5-VIII</w:t>
+        <w:t>№ 32 /5-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Глуховка ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Глуховка ауылдық округінің бюджеті тиісінше осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаларға</w:t>
+        <w:t>3-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 277 526,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 275 454,2 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 11700,0 мың теңге; </w:t>
+      салықтық түсімдер – 16 628,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      трансферттер түсімі – 265 826,0 мың теңге; </w:t>
+      трансферттер түсімі – 258 826,2 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) шығындар – 284 540,7 мың теңге; </w:t>
+      2) шығындар – 282 468,9 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -571,51 +571,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) каржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, соның ішінде:</w:t>
+      4) каржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге,  соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржы активтерін сатып алу – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Бесқарағай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/5-VIII</w:t>
+        <w:t>№ 34/3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -928,227 +928,180 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Абылгазинова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...133 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z8" w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бесқарағай аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәслихатының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26/5-VIII шешіміне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1- қосымша</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Глуховка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 10.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Бесқарағай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/5-VIII</w:t>
+        <w:t>№ 34/3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1894,102 +1847,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І. Кірістер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-277 526,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275 454,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2089,102 +2024,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-11700,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 628,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2284,102 +2201,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-3000,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 750,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2479,102 +2378,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-3000,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 750,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2674,102 +2555,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-8300,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 242,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2869,102 +2732,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-400,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+430,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3064,68 +2909,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3259,102 +3086,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-6900,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 461,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3454,102 +3263,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-800,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 150,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3649,102 +3440,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-400,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+635,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3844,102 +3617,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-400,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+635,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4039,68 +3794,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4234,68 +3971,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кiрiстер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4447,68 +4166,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4642,68 +4343,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4837,68 +4520,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5032,68 +4697,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5227,102 +4874,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-265 826,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+258 826,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5409,102 +5038,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-265 826,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+258 826,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5622,102 +5233,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-265 826,0</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+258 826,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5817,68 +5410,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6012,68 +5587,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6207,68 +5764,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6402,68 +5941,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6595,68 +6116,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6915,50 +6418,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Функционалдық топ </w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7026,50 +6547,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция </w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7145,50 +6684,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7691,102 +7248,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II Шығындар</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-284 540,7</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282 468,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7951,51 +7490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 505,0</w:t>
+64 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8160,51 +7699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 505,0</w:t>
+64 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8369,51 +7908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 505,0</w:t>
+64 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8578,51 +8117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 605,0</w:t>
+54 582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9205,51 +8744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4800,0</w:t>
+4 800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9414,51 +8953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4800,0</w:t>
+4 800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9623,51 +9162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 800,0</w:t>
+4 800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9832,51 +9371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 100,0</w:t>
+16 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10041,51 +9580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 100,0</w:t>
+16 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10250,51 +9789,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 300,0</w:t>
+6 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10459,51 +9998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 500,0</w:t>
+8 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10668,51 +10207,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 300,0</w:t>
+1 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10877,51 +10416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 243,0</w:t>
+22 073,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11086,51 +10625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 243,0</w:t>
+22 073,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11295,51 +10834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 243,0</w:t>
+22 073,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11504,51 +11043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 500,0</w:t>
+15 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11713,51 +11252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 743,0</w:t>
+6 573,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11922,51 +11461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183 891,0</w:t>
+175 011,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12131,51 +11670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183 891,0</w:t>
+175 011,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12340,51 +11879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183 891,0</w:t>
+175 011,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12549,51 +12088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183 891,0</w:t>
+175 011,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42403,55 +41942,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>