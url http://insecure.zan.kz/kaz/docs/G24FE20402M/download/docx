--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f015657" w14:textId="f015657">
+    <w:p w14:paraId="864a914" w14:textId="864a914">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 66727,9 мың теңге, соның ішінде: </w:t>
+      1) кірістер – 70075,9 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 16939,0 мың теңге; </w:t>
+      салықтық түсімдер – 19489,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 49788,9 мың теңге;</w:t>
+      трансферттер түсімдері – 50586,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 71034,2 мың теңге;</w:t>
+      2) шығындар – 74382,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/483-VIII</w:t>
+        <w:t>№ 29/515-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мыңбұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 14.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/483-VIII</w:t>
+        <w:t>№ 29/515-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66727,9</w:t>
+70075,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16939,0</w:t>
+19489,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4447,0</w:t>
+3729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4447,0</w:t>
+3729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5048,0</w:t>
+3642,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2594,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60,0</w:t>
+66,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6,0</w:t>
+26,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1465,0</w:t>
+2053,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3517,0</w:t>
+1496,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+12116,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+12116,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3575,132 +3575,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер учаскелерін пайдаланғаны үшін төлем</w:t>
+Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7444,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3797,51 +3793,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
+Негізгі капиталданды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3974,51 +3970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталданды сатудан түсетін түсімдер</w:t>
+Трансферттертүсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4151,87 +4147,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер түсімдері</w:t>
+Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49788,9</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4328,87 +4324,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Аудандық (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49788,9</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4496,96 +4492,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49788,9</w:t>
+50586,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5409,51 +5401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71034,2</w:t>
+74382,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6663,51 +6655,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6872,51 +6864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7081,51 +7073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13652,6</w:t>
+14985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7499,51 +7491,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1405,6</w:t>
+6439,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7917,51 +7909,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3701,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8126,51 +8118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8335,51 +8327,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8544,51 +8536,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+12834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8753,51 +8745,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10819,0</w:t>
+11819,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1015,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>