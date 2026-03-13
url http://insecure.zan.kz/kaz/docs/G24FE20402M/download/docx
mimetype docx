--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="864a914" w14:textId="864a914">
+    <w:p w14:paraId="04cf731" w14:textId="04cf731">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 70075,9 мың теңге, соның ішінде: </w:t>
+      1) кірістер – 70884,0 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 19489,0 мың теңге; </w:t>
+      салықтық түсімдер – 20049,1 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 266,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 50586,9 мың теңге;</w:t>
+      трансферттер түсімдері – 50568,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 74382,2 мың теңге;</w:t>
+      2) шығындар – 75190,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -625,51 +625,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -4306,3 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 4306,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 4306,3 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/515-VIII</w:t>
+        <w:t>№ 31/554-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мыңбұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/515-VIII</w:t>
+        <w:t>№ 31/554-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70075,9</w:t>
+70884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19489,0</w:t>
+20049,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2027,87 +2027,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыссалығы</w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3729,3</w:t>
+4260,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2204,87 +2204,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыссалығы</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3729,3</w:t>
+4260,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2381,87 +2381,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiккесалынатынсалықтар</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3642,8</w:t>
+3653,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2912,87 +2912,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiкқұралдарынасалынатынсалық</w:t>
+Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2053,8</w:t>
+2064,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12116,9</w:t>
+12135,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12116,9</w:t>
+12135,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3693,51 +3693,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3793,161 +3793,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталданды сатудан түсетін түсімдер</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3970,129 +3970,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттертүсімдері</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4106,128 +4102,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50586,9</w:t>
+266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4247,202 +4247,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
+Жер учаскелерін сатудан түсетін түсімдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50586,9</w:t>
+266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4456,128 +4460,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50568,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50568,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50586,9</w:t>
+50568,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4657,51 +5015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома (мың теңге)</w:t>
+Сома (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5401,51 +5759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74382,2</w:t>
+75190,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5610,51 +5968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46528,6</w:t>
+46654,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5819,51 +6177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46528,6</w:t>
+46654,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6028,51 +6386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46528,6</w:t>
+46654,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6237,51 +6595,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34221,6</w:t>
+34347,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9163,51 +9521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34,0</w:t>
+716,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9372,51 +9730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34,0</w:t>
+716,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9581,51 +9939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34,0</w:t>
+716,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9791,50 +10149,259 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+682,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35741,55 +36308,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>