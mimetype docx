--- v0 (2025-12-28)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e15d9d" w14:textId="6e15d9d">
+    <w:p w14:paraId="f717f4e" w14:textId="f717f4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 631 142,4 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 1691013,9 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 624 841,7 мың теңге; </w:t>
+      салықтық түсімдер – 636870,9 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 223,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 20 332,3 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 32219,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері–985 745,4 мың теңге;</w:t>
+      трансферттер түсімдері–1021700,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 642 982,4 мың теңге;</w:t>
+      2) шығындар – 1702853,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/498-VIII</w:t>
+        <w:t>№ 31/537-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аягөз қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/498-VIII</w:t>
+        <w:t>№ 31/537-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 631 142,4</w:t>
+1691013,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-624 841,7</w:t>
+636870,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446520,4</w:t>
+453642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446520,4</w:t>
+453642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160804,3</w:t>
+165711,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144 486,2</w:t>
+149393,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4396,93 +4396,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4505,87 +4505,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4605,128 +4605,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің әкімдері салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4782,164 +4782,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсiмдер </w:t>
+Аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің әкімдері салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180,0</w:t>
+43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4959,128 +4959,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсiмдер</w:t>
+Басқа да салықтық емес түсiмдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5104,61 +5104,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5172,202 +5168,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 332,3</w:t>
+180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5390,87 +5390,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-529,0</w:t>
+32219,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5490,128 +5490,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті бюджеттен қаржыландырылатын мемлекеттік мекемелерге бекітілген мүлікті сатудан түсетін түсімдер </w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5667,164 +5667,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жердi және материалдық емес активтердi сату</w:t>
+Жергілікті бюджеттен қаржыландырылатын мемлекеттік мекемелерге бекітілген мүлікті сатудан түсетін түсімдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19803,3</w:t>
+529,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5853,51 +5853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5921,87 +5921,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17742,9</w:t>
+31690,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6021,206 +6021,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материалдық емес активтерді сату</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2060,4</w:t>
+29629,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6234,202 +6230,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер түсімдері</w:t>
+Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985 745,4</w:t>
+2060,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6452,87 +6452,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Трансферттер түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985 745,4</w:t>
+1021700,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6552,82 +6552,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1021700,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -6665,51 +6842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-985 745,4</w:t>
+1021700,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7552,51 +7729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 642 982,4</w:t>
+1702853,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7761,51 +7938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160 300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7970,51 +8147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160 300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8179,51 +8356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160 300,8</w:t>
+137037,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8388,51 +8565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159 776,8</w:t>
+134561,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8597,51 +8774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-524,0</w:t>
+2476,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8806,51 +8983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431 909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9642,51 +9819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431 909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9851,51 +10028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-431 909,8</w:t>
+519391,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10060,51 +10237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207 539,1</w:t>
+282578,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10269,51 +10446,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98 593,4</w:t>
+113577,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10687,51 +10864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125 617,3</w:t>
+123 075,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10896,51 +11073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 038 931,8</w:t>
+1 016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11105,51 +11282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 038 931,8</w:t>
+1 016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11314,51 +11491,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 038 931,8</w:t>
+1 016254,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11523,51 +11700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-463 172,0</w:t>
+440466,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11732,51 +11909,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-575 759,8</w:t>
+575 787,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42980,55 +43157,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>