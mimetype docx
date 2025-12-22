--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="61a8558" w14:textId="61a8558">
+    <w:p w14:paraId="bbf0d82" w14:textId="bbf0d82">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -546,604 +546,640 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 3842 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесі туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы әкiмдігінiң 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1 - тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Шымкент қаласының аумағында туризм, сыртқы байланыстар және креативті индустрия саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      1. "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Шымкент қаласының аумағында туризм, сыртқы байланыстар және креативті индустрия саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Басқарманың ведомствалары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Басқарма Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      6. Басқарма Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      8. "Шымкент қаласының туризм, сыртқы байланыстар және креативті индустрия басқармасы" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, "Nursultan Nazarbaev" даңғылы, 10, индекс 160023.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Шымкент қаласы, "Nursultan Nazarbaev" даңғылы, 10, индекс 160023.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      10. Осы Ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысында шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысында шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаты: Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде Шымкент қаласында туризм, сыртқы байланыстар және креативті индустрия саласындағы мемлекеттік саясатты іске асыру және үйлестіруді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      13. Мақсаты: Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде Шымкент қаласында туризм, сыртқы байланыстар және креативті индустрия саласындағы мемлекеттік саясатты іске асыру және үйлестіруді жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      14. Өкілеттіктері:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туризм, сыртқы байланыстар және креативті индустрия салаларын дамыту бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленген тәртіпте республикалық және халықаралық туристік іс-шараларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма құзыретіне жататын мәселелері бойынша халықаралық ұйымдар және шетелдік заңды тұлғалармен келіссөздер жүргізеді және келісімдер жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шымкент қаласының туристік саласын, сыртқы байланыстар және креативті индустрияны дамыту бойынша қала әкімінің шешімдерінің, өкімдерінің, Шымкент қаласы әкімдігінің қаулы жобаларының және іс-шараларының жоспарын дайындауға қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың құзыретiне кiретiн мәселелер бойынша үйлестiру мен бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туристік қызметтің дамуы үшін қолайлы жағдай жасау және сапалы туристік инфрақұрылымды құруға ықпал ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын және алыс шет елдермен, республиканың өңірлерімен туризм, сыртқы байланыстар және креативті индустрия салаларында өзара тиімді өңіраралық, интеграциялық қарым-қатынасты дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...180 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Шымкент қаласы аумағында туризм, сыртқы байланыстар және креативті индустрия саласындағы мемлекеттік саясатты іске асыру және үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1804,148 +1840,258 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) шығармашылық қоғамдастықтың шығармашылық әзірлемелері мен әлеуетті жобаларын қолдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) креативті индустрия саласындағы консультациялық және тәжірибелік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Шымкент қаласын дамыту мәселелері бойынша халықаралық ынтымақтастықты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) "Қазақстан Республикасының туристік қызмет туралы" заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығындарын субсидиялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) тау шаңғысы курорттары үшін жабдықтар мен техника сатып алу бойынша кәсіпкерлік субъектілері шығындарының бір бөлігін өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43) шығу туризмі саласындағы туроператордың "Туристі мiндеттi сақтандыру туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген туристі мiндеттi сақтандыру шартын жасасу жөніндегі міндетті орындауын мемлекеттік бақылауды қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Басқарманы басқаруды басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      16. Басқарманы басқаруды басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарманың басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      17. Басқарманың басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарма басшысының штаттық кестеге сәйкес орынбасары бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      18. Басқарма басшысының штаттық кестеге сәйкес орынбасары бар.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқарма басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік мекеменің жұмыс жоспарларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2174,220 +2320,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сыбайлас жемқорлыққа қарсы іс-қимыл заңнамасының орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Басқама басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқарма басшысы өз орынбасарының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқарма заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
-[...77 lines deleted...]
-      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
-[...34 lines deleted...]
-      Басқарманың қарамағындағы ұйымдардың тізбесі: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Шымкент қаласы туризм, сыртқы байланыстар және креативті индустрия басқармасының "Visit Shymkent" туристік ақпараттық орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2431,55 +2577,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2805,31 +2951,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>