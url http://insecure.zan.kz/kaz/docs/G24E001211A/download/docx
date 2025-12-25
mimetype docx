--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="59e058b" w14:textId="59e058b">
+    <w:p w14:paraId="4371c14" w14:textId="4371c14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1668,53 +1668,187 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан халқының ұлттық мәдени игілігі мен мәдени мұрасын қорғауға және дамытуға, Қазақстан Республикасының бірыңғай мәдени кеңістігін нығайтуға бағытталған іс-шараларды ұйымдастыру және өткізу, сондай-ақ іс-шараларды қолдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      13-1) жалпымемлекеттік және халықаралық іс-шараларды өткізу үшін қажетті жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) отандастармен мәдени байланыстарды дамытуға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) кинематография саласындағы мемлекеттік саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-4) Шымкент қаласында халық үшін кинематография туындыларының қолжетімділігіне жағдайлар жасау жөніндегі жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       14) Қазақстан Республикасының заңнамалық актілерінде көзделген басқада міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - Шымкент қаласы әкімдігінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5919</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2102,51 +2236,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) қала әкімдігіне тарих және мәдениет ескерткіштерін қорғау жөніндегі комиссияны құру туралы ұсыныс енгізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) тарихи-мәдени мұра объектiлерiн анықтау, есепке алу, қорғау жөнiнде жұмыс жүргiзу;</w:t>
+      23) тарихи-мәдени мұра объектiлерiн қорғау жөнiнде жұмыс жүргiзу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) монументті өнердің жаңа құрылыстарын орнату жөніндегі жұмысты жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2210,50 +2344,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) уәкілетті органмен келісу бойынша жергілікті маңызы бар тарих және мәдениет ескерткішін тарихи-мәдени сараптама қортындысы негізінде мәртебесінен айыру және оны жергілікті маңызы бар тарих және мәдениет ескерткіштерінің мемлекеттік тізімінен алып тастау туралы қала әкімдігіне ұсыныс енгізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      28-1) жергілікті маңызы бар тарих және мәдениет ескерткіштерін пайдаланғаны үшін жалдау ақысының мөлшерлемесін әзірлеу және белгіленуін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       29) орталық атқарушы органдардың аумақтық бөлiмшелерiнiң және жергілікті атқарушы органдардың Қазақстан Республикасының тiл туралы заңнамасының сақталуына мемлекеттік бақылаудың жартыжылдық жоспарын әзірлеу, бекітуге ұсыну, Қазақстан Республикасының тiл туралы заңнамасының сақталуына мемлекеттік бақылау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29-1) тілдерді дамыту саласындағы уәкілетті органға жыл қорытындысы бойынша Қазақстан Республикасында тіл саясатын дамытудың 2023 – 2029 жылдарға арналған тұжырымдамасының орындалу барысы туралы талдамалық жиынтық ақпаратты енгізу жұмысын қамтамасыз ету және оның нысаналы индикаторларына қол жеткізу бойынша жұмыс жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2687,50 +2839,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) ономастика саласы бойынша мемлекеттік органдармен, мекемелермен, ұйымдармен, қоғамдық бірлестіктермен өзара іс-қимылды жүзеге асырады, оларға ономастика саласы бойынша әдістемелік көмек көрсету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      41-1) елді мекендердің құрамдас бөліктерінің атаулары жазылатын аншлагтардың эскизін келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41-2) Қазақстан Республикасының әкімшілік құқық бұзушылық туралы кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>156-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жауаптылыққа тарту бойынша шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       42) қаланың мемлекеттік архивінің сақтауына қабылданған Ұлттық архив қоры құжаттарын сақтауды, толықтыруды және пайдалануды ұйымдастыру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) қаланың мемлекеттік архивінде сақталатын Ұлттық архив қоры құжаттарын мемлекеттік есепке алуды жүргізу және олардың сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3267,50 +3475,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1552</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 30.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4177</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5919</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>