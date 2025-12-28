--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae8d6d0" w14:textId="ae8d6d0">
+    <w:p w14:paraId="4ea758e" w14:textId="4ea758e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,141 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы облысы "Алатау қаласы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы облысы Алатау қалалық мәслихатының 2024 жылғы 22 қазандағы № 10-27 шешімі. Күші жойылды - Алматы облысы Алатау қалалық мәслихатының 2025 жылғы 30 қыркүйектегі № 21-59 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z7" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Алматы облысы Алатау қалалық мәслихатының 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21-59</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -161,110 +234,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Заңына, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2018 жылғы 16 қаңтардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> бұйрығына сәйкес, Алатау қаласының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Алатау қаласы мәслихат аппаратының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -442,2724 +515,2746 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Бекітілген" Алатау қаласы мәслихатының шешімімен бастап 2024 жылғы "22" қазан № 10-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алматы облысы "Алатау қаласы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы "Алатау қаласы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі-Әдістеме) "ҚазақстанРеспубликасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының 5-тармағына, "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне (бұдан әрі-Үлгілік әдістеме) сәйкес әзірленді - Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2018 жылғы 16 қаңтардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің, (бұдан әрі – "Б" корпусының қызметшілері) Алматы облысы "Алатау қаласы мәслихатының аппараты" қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Әдістемеде қолданылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Жоғары тұрған басшы – Бағаланатын қызметшінің тікелей басшысы оған қатысты тікелей бағынысты адам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы-мемлекеттік лауазым бойынша жоғары тұрған, оған қатысты мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес тікелей бағынысты адам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бағалаушы тұлға- мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және / немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасынан шыққан адамдар тобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Құрылымдық бөлімшенің/мемлекеттік органның басшысы – Е-2 санаттағы "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік лауазымын атқаратын адам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бағаланатын тұлға - құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б"корпусының қызметшісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/ мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына бағытталған, не мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың бағалау параметрлеріне сәйкестік дәрежесін ескере отырып айқындалатын бағалау әдісі-функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылық пен дербестік, еңбек тәртібін сақтау, орындалатын жұмыстың көлемі мен күрделілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) 360-әдіс-бағаланатын адамның жұмыс ортасынан шыққан адамдар тобына сұрау салу арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) калибрлеу сессиялары-бағаланатын тұлғалардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы тұлғалардың мерзімді кездесулері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) бағаланатын кезең-мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) персоналды басқару жөніндегі бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы олардың жұмысының тиімділігі мен сапасын айқындау үшін жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіштерде не мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау бағаланатын тұлға лауазымының санатына байланысты НМИ-ге қол жеткізу нәтижелері, саралау әдістері және 360 негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктер ескеріле отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысаналы мақсатты индикаторлар – ге қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша жыл қорытындысы бойынша-есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ранжирлеу акциясы бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер Бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда бағалау жүргізілмейді. Егер бағалау жүргізу кезеңінде бағаланатын қызметші еңбек немесе әлеуметтік демалыста, еңбекке уақытша жарамсыздық кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болса, қызметшінің НМИ-ге қол жеткізуі бойынша бағалауы, саралау әдісі бойынша бағалауы және/немесе 360 5-тармақта белгіленген мерзімдерде оның қатысуынсыз жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бағаланатын кезең аяқталғанға дейін мемлекеттік органнан босатылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бағалау нәтижелері келесі градация бойынша қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерді тиімді орындайды",</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерді тиісті түрде орындайды",</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерді қанағаттанарлық орындайды",</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз орындайды" (қанағаттанарлықсыз бағалау).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нәтижеге "функционалдық міндеттерді тиімді орындайды" 4-тен 5 баллға дейінгі балл диапазонына сәйкес келеді", функционалдық міндеттерді тиісінше орындайды "3-тен 3,99 баллға дейін", функционалдық міндеттерді қанағаттанарлық орындайды "2-ден 2,99 баллға дейін", "функционалдық міндеттерді қанағаттанарлықсыз орындайды" 0-ден 1,99 баллға дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 360 әдісі бойынша бағалау нәтижелері қызметкерді оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Бағалауды ұйымдастырушылық сүйемелдеуді мемлекеттік –құқықтық және кадрлық жұмыс бөлімі, не ол болмаған жағдайда – персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін орындау, оның ішінде ақпараттық жүйе арқылы жүктелген құрылымдық бөлімше (тұлға) қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте персоналды басқару қызметі ақпараттық жүйеде қызметшілерді бағалау кестесін жасайды, оны "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Персоналды басқару қызметі бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде таныстыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Әдістеменің 6-тармағының екінші бөлігінде көрсетілген қызметшілерді таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бағалау нәтижелерімен келіспеген жағдайда қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде мемлекеттік лауазымға тағайындауға және "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу туралы еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Калибрлеу сессиясының шешіміне Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің белгіленген тәртібіне сәйкес мемлекеттік қызметші шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бағалауға байланысты құжаттар бағалау аяқталған күннен бастап үш жыл бойы, сондай-ақ ақпараттық жүйеде техникалық мүмкіндік болған кезде Алатау қаласы мәслихаты аппаратының персоналды басқару қызметінде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік орган "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес осы ақпаратты ашуға міндетті жағдайларды қоспағанда, бағалау нәтижелері қатаң құпия ақпарат болып табылады және үшінші тұлғаларға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бағалау рәсіміне байланысты келіспеушіліктерді персоналды басқару қызметі барлық мүдделі тұлғалар мен тараптардың көмегімен қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бағалаушы тұлға қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағаланатын тұлғалар назарына мемлекеттік органның/құрылымдық бөлімшенің стратегиялық мақсаттарын, бағаланатын кезеңдегі мемлекеттік органның/құрылымдық бөлімшенің жалпы жұмыс нәтижелерін жеткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) КЖ-ны уақтылы қою, келісу және бекіту және;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бағаланатын кезең ішінде НМИ орындау дәрежесіне тұрақты мониторинг жүргізу және оларға қызметтің қорытынды бағасын және сындарлы кері байланысты беру; бағаланатын кезең ішінде бағаланатын адамдардың функционалдық міндеттерді орындау дәрежесіне тұрақты мониторинг жүргізу және оларға қызметкердің қызметіне қорытынды баға беру және сындарлы кері байланыс беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бағалау процесінде олар туындаған жағдайда, калибрлеу сессияларына және бағаланатын адамдарды бағалау жөніндегі даулы мәселелерді шешуге қатысу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бағаланатын тұлға мыналарды қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) НМИ /қойылған міндеттерді орындау дәрежесіне тұрақты мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Персоналды басқару қызметінің басшылары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммуникациялық хабарламалар дайындауды, бағалау процесіне қатысушыларға консультация беруді қоса алғанда, қызметті бағалау процесін ұйымдастыру және сүйемелдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уақтылы талдау жүргізу және НМИ мен келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қажет болған жағдайда басшы мен қызметкердің кездесулеріне қатысу, қызметті бағалау процесі мәселелері бойынша консультация беру арқылы даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) калибрлеу сессияларына дайындық шеңберінде әрбір қызметкер бойынша ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есепті кезеңдегі қызметті бағалау шеңберінде қажетті құжаттардың толықтығы мен уақтылы толтырылуы, қажетті есептік жазбаларды енгізу, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерлерге тиісті хабарламалар жіберу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бағалау нәтижелері бағаланатын адамға, бағалаушыға, мемлекеттік-құқықтық және кадрлық жұмыс бөлімінің (кадр қызметінің) басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. НМИ-ге қол жеткізу бойынша құрылымдық бөлімше/Мемлекеттік орган басшысын бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Құрылымдық бөлімше/Мемлекеттік орган басшысының қызметін бағалау НМИ жетістігін бағалау негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. НМИ бағалаушы тұлға Стратегиялық жоспарлау мәселесін үйлестіретін құрылымдық бөлімшенің келісімі бойынша (бар болса), сондай-ақ персоналды басқару қызметімен осы Әдістемеге 1-қосымшаға сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын құрылымдық бөлімше/Мемлекеттік орган басшысының жеке жұмыс жоспарында белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметші лауазымға тағайындалған кезде бағаланатын кезең басталғаннан кейін НМИ лауазымға тағайындалған күннен бастап он жұмыс күні ішінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте персоналды басқару қызметі НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде (техникалық мүмкіндік болған жағдайда) ақпараттық жүйеде жеке жұмыс жоспарын орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қызметші тағайындалған күннен бастап бағаланатын кезең аяқталғанға дейінгі мерзім үш айдан кем болған жағдайда, көрсетілген қызметшіге тки белгіленбейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылымдық бөлімше/Мемлекеттік орган басшысының НМИ жетістігін бағалауды бағалаушы тұлға 5-тармақта белгіленген мерзімдерде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте персоналды басқару қызметі стратегиялық жоспарлау мәселесін үйлестіретін құрылымдық бөлімшенің келісімі бойынша (бар болса) мәліметтердің дұрыстығын қамтамасыз ету мақсатында НМИ-нің нақты мәндерін алдын ала есептеуді жүргізеді және ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) оны бағалаушы тұлғаға осы 5-тармаққа сәйкес бағалаудың соңғы күні басталғанға дейін бес жұмыс күнінен кешіктірілмейтін мерзімде жібереді Әдістемелер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын тұлға қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. НМИ және мақсатқа жетудің сандық және сапалық Өлшем көрсеткіштері болуы керек және болуы керек:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)Нақты (қол жеткізілуі тиіс күтілетін оң өзгерісті көрсете отырып, нәтиже дәл айқындалады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өлшенетін (НМИ-ге қол жеткізуді өлшеу үшін нақты критерийлер айқындалады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қол Жеткізуге болатындар (НМИ қолда бар ресурстарды, өкілеттіктер мен шектеулерді ескере отырып айқындалады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)уақытпен шектелген (бағаланатын кезең ішінде НМИ-ге қол жеткізу мерзімі айқындалады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде ұлттық жобаларды, мемлекеттік органның стратегиялық мақсаттарын, "А" корпусы қызметшісінің келісімін іске асыруға бағытталған не мемлекеттік орган қызметінің тиімділігін арттыруға бағытталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. НМИ-ге өзгерістер енгізу НМИ-ға қол жеткізуге тікелей әсер ететін мемлекеттік органның функциялары мен құрылымы өзгерген жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Ақпараттық жүйе, не ол болмаған жағдайда персоналды басқару қызметі құрылымдық бөлімшенің/мемлекеттік органның басшысын есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей оған қатысты бағалау жүргізілгені туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Бағалау парағы бағалаушы тұлғаға ақпараттық жүйе арқылы не ол болмаған жағдайда персоналды басқару қызметі қарау үшін жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған материалдарды қарау қорытындылары бойынша бағалаушы тұлға осы Әдістемеге 2-қосымшаға сәйкес нысан бойынша бағалау парағының тиісті бағанында бағалар (0-ден 5-ке дейін) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау кезінде бағалаушы тұлға осы Әдістемеге 3-қосымшаға сәйкес нысан бойынша түйінді нысаналы индикаторды іске асыру пайызына қарай жол берілетін бағаны айқындау кестесін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. "Б" корпусы қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. "Б" корпусы қызметшілерін саралау әдісі бойынша бағалауды құрылымдық бөлімшенің/мемлекеттік органның басшысы осы Үлгілік әдістемеге 4-қосымшаға сәйкес нысан бойынша мемлекеттік органда жұмыс істейтін ақпараттық жүйе арқылы (техникалық мүмкіндік болған кезде) жүзеге асырады. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіштерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ақпараттық жүйе не ол болмаған жағдайда персоналды басқару қызметі "Б" корпусының қызметшісін оған қатысты бағалау жүргізілгені туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Бағалау парағын бағалаушы тұлғаға ақпараттық жүйе не ол болмаған жағдайда персоналды басқару қызметі жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушы тұлға бағалау парағының тиісті бағанында (0-ден 5-ке дейін) осы Әдістемеге 4-қосымшаға сәйкес нысан бойынша баға қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер құрылымдық бөлімшенің "Б" корпусы қызметшілерінің саны елу адамнан асқан жағдайда, бағалауды бағалаушы тұлға айқындайтын тұлғалар да жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Функционалдық міндеттерді орындау кезінде қол жеткізілген нәтижелер деңгейін, сондай-ақ бағаланатын кезеңде орындалатын жұмыстың көлемі мен күрделілігін ескере отырып, "Б" корпусы қызметшілерін бағалау мынадай параметрлер бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       функционалдық міндеттерді орындау сапасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тапсырмаларды орындау мерзімдерін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуелсіздік және бастамашылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбек тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. 360 әдісі бойынша бағалау жылына бір рет ақпараттық жүйеде жасырын жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіштерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылымдық бөлімшелердің (мемлекеттік органның) басшылары осы Үлгілік әдістемеге 5-қосымшаға сәйкес нысан бойынша 360 әдісімен, осы Әдістемеге 6-қосымшаға сәйкес нысан бойынша "Б" корпусының қызметшілері бағалаудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. 360 әдісімен бағаланатын тұлғалардың санатына қарай мынадай құзыреттер бағаланады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылымдық бөлімшелердің басшылары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметті басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиімді коммуникацияларды құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       этикалық нормалар мен қағидаларды ұстану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзгерістерді басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нәтижеге бағдарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуелсіздік және шешім қабылдау дағдылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       команданы басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көшбасшылық қасиеттер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ынтымақтастық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиімділік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзін-өзі дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бастама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Б" корпусының қызметшілері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиімді коммуникацияларды құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       этикалық нормалар мен қағидаларды ұстану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзгерістерді басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нәтижеге бағдарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуелсіздік және шешім қабылдау дағдылары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z122" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ынтымақтастық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиімділік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзін-өзі дамыту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Сауалнамаға қатысатын адамдардың саны ақпараттық жүйемен жеке айқындалатын, не ол болмаған жағдайда персоналды басқару қызметі бағаланатын әрбір тұлға үшін кемінде үш және жеті адамнан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметкерді 360 әдісімен бағалауда оның өзін-өзі бағалауы да қарастырылған. Бұл ретте қорытынды нәтижелерде қызметшінің өзін-өзі бағалауы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауалнамаға қатысқан адамдар шеңберіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тікелей басшы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағаланатын адамның тікелей бағынысындағы "Б" корпусының қызметшісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лауазымы бойынша бір деңгейде бағаланатын адаммен болған және онымен тығыз іс-қимыл жасайтын тұлғалар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Персоналды басқару қызметі 360 әдісі бойынша бағалау процесін басқарады, жеке есептерді қалыптастырады және осы Әдістеменің 7 және 8-қосымшаларына сәйкес нысандар бойынша 360 бағалау нәтижелері бойынша кері байланыс беруді ұйымдастырады. Біліктілікті арттыру семинарларының және қайта даярлау курстарының пәндерінің тақырыбын қалыптастыру кезінде персоналды басқару қызметі 360-әдісті бағалау нәтижелерін, оның ішінде қызметшінің неғұрлым айқын емес құзыреттерін ескеруі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Калибрлеу сессияларын өткізу және кері байланыс беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Бағалау процесіне бірыңғай көзқарасты келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 13-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын қызметшінің өтініші келіп түскен күннен бастап үш жұмыс күні ішінде бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Калибрлеу сессиясы осы Әдістеменің 13-тармағында көзделген тәртіппен қызметші жүгінген күннен бастап он жұмыс күні ішінде өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z136" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z137" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасын дәлелдейді. Калибрлеу сессиясының қатысушылары бағалаушының бағасын қолдай алады немесе бағалауды түзету үшін дәлелдер келтіре алады. Бағалауды түзету көтерілу жағына да, төмендеу жағына да жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z138" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорытынды баға калибрлеу сессиясына қатысушылардың көпшілік даусымен қабылданады және тиісті хаттамамен ресімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күні ішінде ақпараттық жүйеде (техникалық мүмкіндік болған кезде) орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Калибрлеу сессиясының нәтижелері бойынша бағалаушы тұлға бағаланатын қызметшімен кездесулер өткізеді және қорытынды бағалау нәтижелері туралы Кері байланыс береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кездесу барысында келесі мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -бағаланатын кезеңдегі жетістіктерге шолу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -дағдылар мен құзыреттерді дамытуға шолу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3489,35 +3584,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>