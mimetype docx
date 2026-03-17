--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b157df4" w14:textId="b157df4">
+    <w:p w14:paraId="91b8bd6" w14:textId="91b8bd6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,71 +272,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-қосымшаларына сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер 345 731 мың теңге, оның ішінде:</w:t>
+      1) кірістер 348 614 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер 80 470 мың теңге;</w:t>
+      салықтық түсімдер 73 338 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
@@ -352,71 +352,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі 265 261 мың теңге;</w:t>
+      трансферттер түсімі 275 276 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар 348 357 мың теңге;</w:t>
+      2) шығындар 351 240 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
@@ -492,51 +492,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) (-) 2 626 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 2 626 мың теңге, оның ішінде: </w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 2 626 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
@@ -579,61 +579,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Алматы облысы Қонаев қалалық мәслихатының 13.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Алматы облысы Қонаев қалалық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 46-156</w:t>
+        <w:t>№ 55-183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -872,61 +872,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қонаев қаласы мәслихатының 2024 жылғы 27 желтоқсандағы № 37-135 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – Алматы облысы Қонаев қалалық мәслихатының 13.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Алматы облысы Қонаев қалалық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 46-156</w:t>
+        <w:t>№ 55-183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -998,51 +998,51 @@
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1067,214 +1067,216 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1304,51 +1306,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1373,214 +1375,216 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1610,305 +1614,307 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі сыныбы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1938,2145 +1944,2133 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-345 731</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+348 614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-80 470</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-30 080</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-30 080</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-47 708</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-1702</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-2137</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-39 289</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-4 580</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-2 682</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-2 658</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+479</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4110,628 +4104,625 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферттердің түсімдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-265 261</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275 276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-265 261</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275 276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-265 261</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275 276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="20"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4763,88 +4754,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="24"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4885,88 +4876,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5007,121 +4998,121 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5162,154 +5153,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5350,184 +5341,184 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-348 357</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5565,184 +5556,184 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-97 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5780,184 +5771,184 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-97 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5991,188 +5982,188 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-97 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6206,188 +6197,188 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-79 156</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6421,158 +6412,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6640,184 +6631,184 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-174 397</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6855,184 +6846,184 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-174 397</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7066,188 +7057,188 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-174 397</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7281,158 +7272,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдi мекендердегі көшелердi жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7496,188 +7487,188 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-11 000</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7711,188 +7702,188 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-108 735</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7930,154 +7921,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8145,154 +8136,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8356,158 +8347,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8571,158 +8562,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8790,154 +8781,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9005,154 +8996,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9216,158 +9207,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9431,158 +9422,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңірлерді дамытудың 2025 жылға дейінгі мемлекеттік бағдарламасы шеңберінде өңірлерді экономикалық дамытуға жәрдемдесу бойынша шараларды іске асыруға ауылдық елді мекендерді жайластыруды шешуге арналған іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9650,154 +9641,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9865,154 +9856,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10076,158 +10067,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10291,158 +10282,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10642,84 +10633,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10764,117 +10755,117 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10919,150 +10910,150 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11107,150 +11098,150 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11318,150 +11309,150 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11496,153 +11487,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11668,153 +11660,154 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11844,117 +11837,117 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11988,150 +11981,150 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  мың</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12165,154 +12158,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12346,154 +12339,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12527,154 +12520,154 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12708,121 +12701,121 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12854,121 +12847,121 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12976,121 +12969,121 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13098,187 +13091,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13286,187 +13278,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13474,332 +13465,331 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...98 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерiмен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13826,121 +13816,121 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13971,121 +13961,121 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14116,154 +14106,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14294,154 +14284,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14472,154 +14462,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14654,154 +14644,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14832,158 +14822,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15014,158 +15004,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15200,154 +15190,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15378,158 +15368,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15560,158 +15550,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15821,88 +15811,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15942,84 +15932,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16063,117 +16053,117 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16217,150 +16207,150 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16408,150 +16398,150 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16618,154 +16608,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16832,154 +16822,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17046,154 +17036,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 056</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17227,50 +17217,78 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -47897,55 +47915,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>