--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2d6def6" w14:textId="2d6def6">
+    <w:p w14:paraId="5d64057" w14:textId="5d64057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 52356,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 58891,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер –7881,6 мың теңге;</w:t>
+      салықтық түсімдер – 8052,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 280,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 285,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 44195,3 мың теңге;</w:t>
+      трансферттердің түсімдері – 50553,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 53066,9 мың теңге;</w:t>
+      2) шығындар – 59689,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -578,87 +578,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатудан түскен түсімдер – 0 теңге;</w:t>
+      қаржы активтерін сатып алудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -797,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) –797,4 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 797,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімдері – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 512</w:t>
+        <w:t>№ 533</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1168,107 +1168,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. 2025 жылға арналған Шетырғыз ауылдық округ бюджетіне аудандық бюджеттен 44132,3 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      4. 2025 жылға арналған Шетырғыз ауылдық округ бюджетіне аудандық бюджеттен 50490,9 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттің сомасын бөлу Шетырғыз ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 512</w:t>
+        <w:t>№ 533</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шетырғыз ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 512</w:t>
+        <w:t>№ 533</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2232,51 +2232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52356,9</w:t>
+58891,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2410,51 +2410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7881,6</w:t>
+8052,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,51 +2588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1363,0</w:t>
+1459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2766,51 +2766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1363,0</w:t>
+1459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3798,87 +3798,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
-[...35 lines deleted...]
-167,1</w:t>
+Тауарларға, жұмыстарғажәне көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4012,51 +4012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-167,1</w:t>
+240,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4190,51 +4190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280,0</w:t>
+285,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4368,51 +4368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280,0</w:t>
+285,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4546,125 +4546,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280,0</w:t>
+285,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4688,87 +4688,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-44195,3</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4788,1048 +4788,986 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-44195,3</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-44195,3</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50553,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-53066,9</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50553,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-43571,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50553,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-43571,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59689,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-43571,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49993,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5849,196 +5787,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-43214,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушыжәне басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49993,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6090,373 +6028,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
- 356,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент,ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49993,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-30,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49636,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6476,369 +6414,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-30,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 356,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6894,160 +6832,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау саласындағы өзге де қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7071,228 +7009,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-9463,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7312,405 +7250,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9463,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-9463,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9663,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7730,50 +7668,468 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9663,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент,ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9663,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7875,51 +8231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2353,7</w:t>
+2553,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>