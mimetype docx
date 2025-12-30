--- v0 (2025-11-10)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="599991f" w14:textId="599991f">
+    <w:p w14:paraId="1d0236d" w14:textId="1d0236d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 89884,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 94180,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4261,4 мың теңге;</w:t>
+      салықтық түсімдер – 4281,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер-380,7 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 398,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері –85242,8 мың теңге;</w:t>
+      трансферттердің түсімдері – 89493,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 90006,3 мың теңге;</w:t>
+      2) шығындар – 94301,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттер – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 85169,8 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 89420,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Тоғыз ауылдық округ әкімі шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тоғыз ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 510</w:t>
+        <w:t>№ 531</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1755,52 +1755,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, мың теңге</w:t>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2232,51 +2249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89884,9</w:t>
+94180,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2410,51 +2427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4261,4</w:t>
+4281,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,51 +2605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415,2</w:t>
+422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2766,51 +2783,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-415,2</w:t>
+422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2944,51 +2961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3741,2</w:t>
+3753,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3122,51 +3139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29,0</w:t>
+41,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4053,51 +4070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4154,87 +4171,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-380,7</w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4263,51 +4280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4332,87 +4349,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
-[...35 lines deleted...]
-380,7</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4510,128 +4527,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
-[...35 lines deleted...]
-380,7</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4688,87 +4705,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-85242,8</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4797,51 +4814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4866,87 +4883,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-85242,8</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5007,411 +5024,480 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-85242,8</w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-90006,3</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-82919,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5431,614 +5517,452 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-82919,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-82919,6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94301,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-62267,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6058,405 +5982,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-20651,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88014,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6476,196 +6400,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67362,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6717,582 +6641,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20651,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-20,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-7065,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7312,196 +7236,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-7065,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7553,164 +7477,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-7065,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1475,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7803,123 +7727,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-1305,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+715,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8012,259 +7936,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...207 lines deleted...]
-              <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8293,51 +8008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4918,9</w:t>
+4096,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>