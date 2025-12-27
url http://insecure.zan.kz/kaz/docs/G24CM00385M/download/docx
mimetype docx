--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="650fdf7" w14:textId="650fdf7">
+    <w:p w14:paraId="c125b3f" w14:textId="c125b3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -95,50 +95,57 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Монке би ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Шалқар аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 385 шешімі</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шешімнің тақырыбы қазақ тілінде жаңа редакцияда, орыс тіліндегі мәтіні өзгермейді - Ақтөбе облысы Шалқар аудандық мәслихатының 04.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
@@ -336,51 +343,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Мөңке би ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -415,139 +421,138 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 70408,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 72014,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 12700,4 мың теңге;</w:t>
+      салықтық түсімдер – 10729,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Негізгі капиталды сатудан түсетін түсімдер – 111,2 мың теңге;</w:t>
+      Негізгі капиталды сатудан түсетін түсімдер – 306,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 57597,2 мың теңге;</w:t>
+      трансферттердің түсімдері – 60978,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 70847,2 мың теңге;</w:t>
+      2) шығындар – 72453,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -729,107 +734,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 509</w:t>
+        <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мөңке би ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1074,90 +1079,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді сату, оның ішінде жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       материалдық емес активтерді сату, оның ішінде жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, 2025 жылдың 1 қаңтарынан бастап белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төмен мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1168,230 +1173,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 73,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 57524,2 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 60905,7 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Мөңке би ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 509</w:t>
+        <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Мөңке би ауылдық округ бюджетін атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1653,61 +1674,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мөңке би ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 509</w:t>
+        <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1772,52 +1793,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, мың теңге</w:t>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2249,51 +2287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70408,8</w:t>
+72014,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2427,51 +2465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12700,4</w:t>
+10729,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2605,51 +2643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3973,6</w:t>
+4524,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2783,51 +2821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3973,6</w:t>
+4524,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2961,51 +2999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3252,8</w:t>
+3278,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3139,51 +3177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60,0</w:t>
+85,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3851,51 +3889,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5474,0</w:t>
+2926,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4029,51 +4067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5474,0</w:t>
+2926,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4207,51 +4245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,2</w:t>
+306,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4385,51 +4423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,2</w:t>
+306,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4563,51 +4601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,2</w:t>
+306,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4741,51 +4779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57597,2</w:t>
+60978,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4919,51 +4957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57597,2</w:t>
+60978,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5097,51 +5135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57597,2</w:t>
+60978,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5175,51 +5213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70847,2</w:t>
+72453,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5384,51 +5422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49123,8</w:t>
+56176,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5593,51 +5631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49123,8</w:t>
+56176,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5802,51 +5840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49123,8</w:t>
+56176,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6011,51 +6049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48773,8</w:t>
+55853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6220,260 +6258,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350,0</w:t>
+323,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05</w:t>
-[...167 lines deleted...]
-20,0</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15478,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6502,187 +6540,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-20,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15478,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6847,51 +6885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+15478,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6984,332 +7022,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-20,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20702,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+625,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7329,405 +7367,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20702,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12769,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-20702,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7747,196 +7785,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2084,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7988,164 +8026,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-700,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8238,332 +8276,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-17918,7</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...167 lines deleted...]
-1000,0</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8692,87 +8730,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлігі</w:t>
-[...35 lines deleted...]
-1000,0</w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8937,51 +8975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9074,332 +9112,328 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-1000,0</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-438,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9419,1049 +9453,235 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+438,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...820 lines deleted...]
-          </w:tcPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>