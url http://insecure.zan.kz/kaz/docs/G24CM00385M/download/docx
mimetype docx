--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c125b3f" w14:textId="c125b3f">
+    <w:p w14:paraId="448e94e" w14:textId="448e94e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -436,51 +436,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 72014,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 70314,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 10729,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -490,69 +490,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі капиталды сатудан түсетін түсімдер – 306,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 60978,7 мың теңге;</w:t>
+      трансферттердің түсімдері – 59278,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 72453,3 мың теңге;</w:t>
+      2) шығындар – 70753,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -734,61 +734,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 530</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1226,107 +1226,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 60905,7 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 60305,7 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Мөңке би ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 530</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1674,61 +1674,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мөңке би ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 530</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2286,52 +2286,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-72014,9</w:t>
+              <w:t xml:space="preserve">
+70314,9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4779,51 +4779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60978,7</w:t>
+59278,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4957,51 +4957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60978,7</w:t>
+59278,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5135,51 +5135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60978,7</w:t>
+59278,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5213,51 +5213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72453,3</w:t>
+70753,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5422,51 +5422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56176,5</w:t>
+55576,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5631,51 +5631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56176,5</w:t>
+55576,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5840,51 +5840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56176,5</w:t>
+55576,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6049,51 +6049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55853,0</w:t>
+55253,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6467,51 +6467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15478,1</w:t>
+14378,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6676,51 +6676,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15478,1</w:t>
+14378,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6885,51 +6885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15478,1</w:t>
+14378,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7512,51 +7512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12769,1</w:t>
+11669,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25533,55 +25533,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>