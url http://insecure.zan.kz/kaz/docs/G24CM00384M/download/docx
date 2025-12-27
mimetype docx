--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e8092d" w14:textId="3e8092d">
+    <w:p w14:paraId="afb4647" w14:textId="afb4647">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылға арналған Қауылжыр ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Шалқар аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 384 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -261,104 +268,103 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе қазақ тілінде жаңа редакцияда, орыс тіліндегі мәтіні өзгермейді - Ақтөбе облысы Шалқар аудандық мәслихатының 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе орыс тілінде жаңа редакцияда, қазақ тіліндегі мәтіні өзгермейді - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "2025-2027 жылдарға арналған Қауылжыр ауылдық округінің бюджеті бекіту тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Қауылжыр ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -374,142 +380,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
-[...18 lines deleted...]
-      1) кірістер – 64388,0 мың теңге, оның ішінде:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8221,0 мың теңге;</w:t>
+      1) кірістер – 61284,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 550,0 мың теңге;</w:t>
+      салықтық түсімдер – 8600,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 55617,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 171,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 65258,1 мың теңге;</w:t>
+      трансферттердің түсімдері – 52513,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 62154,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -591,69 +596,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - -870,1 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) - -870,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 870,1 теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 870,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -663,135 +668,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 870,1 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 870,1 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджеттің кірісіне мыналар есептелетін болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1018,90 +1023,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да салықтық емес түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер, оның ішінде жерді және материалдық емес активтерді сату, оның ішінде жерді сату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, 2025 жылдың 1 қаңтарынан бастап белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төмен мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1112,230 +1117,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы - 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық бюджетке республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 63,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 55617,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған округ бюджетіне аудандық бюджеттен 52450,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ағымдағы нысаналы трансферттің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады</w:t>
+      Ағымдағы нысаналы трансферттің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Қауылжыр ауылдық округ бюджетті атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1597,61 +1618,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қауылжыр ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 18.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 479</w:t>
+        <w:t>№ 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1716,52 +1737,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, мың теңге</w:t>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2193,51 +2231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64388,0</w:t>
+61284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2371,51 +2409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8221,0</w:t>
+8600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2905,51 +2943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5616,0</w:t>
+6195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3261,51 +3299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3439,51 +3477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5451,0</w:t>
+6042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3795,51 +3833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3973,51 +4011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4115,87 +4153,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін кірістер</w:t>
-[...35 lines deleted...]
-550,0</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4293,87 +4331,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
-[...35 lines deleted...]
-550,0</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4507,51 +4545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4685,51 +4723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4863,51 +4901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5041,51 +5079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55617,0</w:t>
+52513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5119,51 +5157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65258,1</w:t>
+62154,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5328,51 +5366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5537,51 +5575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5746,51 +5784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5955,469 +5993,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51573,0</w:t>
+57793,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-400,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді- мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6437,196 +6475,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6678,164 +6716,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-20,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6928,541 +6966,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-20,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12163,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1025,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-12163,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7482,196 +7520,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-12163,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7723,164 +7761,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2874,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7973,123 +8011,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-521,0</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8173,2040 +8211,159 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-8768,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-870,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1875 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10301,646 +8458,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-            </w:r>
-[...594 lines deleted...]
-Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>