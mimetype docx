--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="afb4647" w14:textId="afb4647">
+    <w:p w14:paraId="2a93dcd" w14:textId="2a93dcd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -305,66 +305,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Қауылжыр ауылдық округ бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Қауылжыр ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -383,138 +384,139 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 61284,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 62398,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 8600,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 171,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 171,0 мың тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 52513,0 мың теңге;</w:t>
+      трансферттердің түсімдері – 53627,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 62154,1 мың теңге;</w:t>
+      2) шығындар – 63268,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -542,141 +544,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерiмен жасалатын операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерiн сатып алу – 0 теңге;</w:t>
+      қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
+      қаржы активтерін сатып алудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - -870,1 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 870,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 870,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі – 0 теңге;</w:t>
+      қарыздар түсімдері – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,107 +698,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджеттің кірісіне мыналар есептелетін болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1023,90 +1025,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да салықтық емес түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер, оның ішінде жерді және материалдық емес активтерді сату, оның ішінде жерді сату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, 2025 жылдың 1 қаңтарынан бастап белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төмен мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1117,246 +1119,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы - 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық бюджетке республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 63,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған округ бюджетіне аудандық бюджеттен 52450,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 53627,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ағымдағы нысаналы трансферттің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
+      Ағымдағы нысаналы трансферт сомасын бөлу Қауылжыр ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Қауылжыр ауылдық округ бюджетті атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1618,61 +1604,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қауылжыр ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 529</w:t>
+        <w:t>№ 547</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2231,51 +2217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61284,0</w:t>
+62398,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4331,51 +4317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4723,51 +4709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52513,0</w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4901,51 +4887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52513,0</w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5079,51 +5065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52513,0</w:t>
+53627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5157,51 +5143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62154,1</w:t>
+63268,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5366,51 +5352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5575,51 +5561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5784,51 +5770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5993,433 +5979,433 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57793,0</w:t>
+58514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-4359,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+393,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Елді- мекендерді көркейту</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6475,160 +6461,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6716,164 +6702,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2874,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4359,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6966,123 +6952,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-460,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7175,406 +7161,406 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1025,5</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1025,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7729,160 +7715,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7970,128 +7956,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8211,128 +8197,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--870,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8457,51 +8447,852 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+III. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 IV. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+870,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23818,55 +24609,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>