--- v0 (2025-11-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f344c3b" w14:textId="f344c3b">
+    <w:p w14:paraId="ef7e15f" w14:textId="ef7e15f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -393,105 +393,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 81454,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 87382,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 15285,6 мың теңге;</w:t>
+      салықтық түсімдер – 15337,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 66169,2 мың теңге;</w:t>
+      салықтық емес түсімдер – 9,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 81653,6 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 41,4 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трансферттердің түсімдері – 71994,2 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 87580,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -673,61 +709,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№508</w:t>
+        <w:t>№528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1148,108 +1184,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 47,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 66122,2 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 71947,2 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Кішіқұм ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№508</w:t>
+        <w:t>№528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1597,61 +1633,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кішіқұм ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№508</w:t>
+        <w:t>№545</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1716,52 +1752,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, мың теңге</w:t>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2157,87 +2210,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Кірістер</w:t>
-[...35 lines deleted...]
-81454,8</w:t>
+I.Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86453,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2371,51 +2424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15285,6</w:t>
+14408,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2549,51 +2602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4394,9</w:t>
+4579,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2727,51 +2780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4394,9</w:t>
+4579,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2905,51 +2958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9185,9</w:t>
+9266,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3439,51 +3492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8371,6</w:t>
+8438,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3617,51 +3670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-739,8</w:t>
+753,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3795,51 +3848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1704,8</w:t>
+562,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3973,92 +4026,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1704,8</w:t>
+562,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4115,87 +4168,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-66169,2</w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4224,51 +4277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4293,87 +4346,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-66169,2</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4434,411 +4487,480 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-66169,2</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-81653,6</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-72320,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4858,405 +4980,343 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...129 lines deleted...]
-72320,3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-72320,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71994,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5276,196 +5336,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-52650,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71994,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5517,582 +5546,420 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-19669,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71994,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-9330,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86652,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-9330,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79048,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6112,196 +5979,214 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9330,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79048,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6353,164 +6238,182 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6720,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79048,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6603,123 +6506,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-600,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59379,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6812,50 +6733,1304 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19669,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекенді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент,ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5220,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6884,51 +8059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2010,0</w:t>
+1780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23353,55 +24528,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>