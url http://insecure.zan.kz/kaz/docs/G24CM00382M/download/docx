--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d887419" w14:textId="d887419">
+    <w:p w14:paraId="1501c57" w14:textId="1501c57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 70198,4 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 73321,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8348,7 мың теңге;</w:t>
+      салықтық түсімдер – 8620,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 177,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 61672,0 мың теңге;</w:t>
+      трансферттердің түсімдері – 64523,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 71066,3 мың теңге;</w:t>
+      2) шығындар – 74189,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 507</w:t>
+        <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 61609,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 64460,1 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Жаңақоныс ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 507</w:t>
+        <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жаңақоныс ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 507</w:t>
+        <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2249,51 +2249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70198,4</w:t>
+73321,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2427,51 +2427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8348,7</w:t>
+8620,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2605,51 +2605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1224,5</w:t>
+1371,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2783,51 +2783,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1224,5</w:t>
+1371,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2961,51 +2961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4834,2</w:t>
+4959,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3495,51 +3495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4418,3</w:t>
+4520,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3673,51 +3673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-396,9</w:t>
+420,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5097,51 +5097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61672,0</w:t>
+64523,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5275,51 +5275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61672,0</w:t>
+64523,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5453,51 +5453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61672,0</w:t>
+64523,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5531,51 +5531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71066,3</w:t>
+74189,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5740,51 +5740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43612,0</w:t>
+50160,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5949,51 +5949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43612,0</w:t>
+50160,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6158,51 +6158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43612,0</w:t>
+50160,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6367,51 +6367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43462,0</w:t>
+50029,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6576,260 +6576,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150,0</w:t>
+131,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05</w:t>
-[...167 lines deleted...]
-20,0</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21526,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6858,187 +6858,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-20,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21526,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7203,51 +7203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+21526,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7340,332 +7340,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-20,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2377,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-25931,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+593,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7685,405 +7685,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-25931,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18556,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-25931,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8103,196 +8103,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2377,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8344,164 +8344,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8594,886 +8594,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...834 lines deleted...]
-              <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9502,51 +8666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500,0</w:t>
+2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>