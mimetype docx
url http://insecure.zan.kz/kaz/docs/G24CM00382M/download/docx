--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1501c57" w14:textId="1501c57">
+    <w:p w14:paraId="569f311" w14:textId="569f311">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 73321,4 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 68741,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8620,6 мың теңге;</w:t>
+      салықтық түсімдер – 8724,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 177,7 мың теңге;</w:t>
+      салықтық емес түсімдер – 73,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 64523,1 мың теңге;</w:t>
+      трансферттердің түсімдері – 59943,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 74189,3 мың теңге;</w:t>
+      2) шығындар – 69609,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 527</w:t>
+        <w:t>№ 544</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 64460,1 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 59880,5 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Жаңақоныс ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 527</w:t>
+        <w:t>№ 544</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жаңақоныс ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 527</w:t>
+        <w:t>№ 544</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2249,51 +2249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73321,4</w:t>
+68741,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2427,51 +2427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8620,6</w:t>
+8724,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2961,51 +2961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4959,2</w:t>
+4958,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3244,124 +3244,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
-[...35 lines deleted...]
-1,0</w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4520,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3422,124 +3422,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-4520,1</w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3559,165 +3559,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
-[...35 lines deleted...]
-420,1</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2395,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3737,417 +3737,417 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
-[...35 lines deleted...]
-2290,0</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2395,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
-[...35 lines deleted...]
-2290,0</w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4171,87 +4171,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-177,7</w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4271,165 +4271,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншіктен түсетін кірістер</w:t>
-[...35 lines deleted...]
-143,0</w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4449,165 +4449,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
-[...35 lines deleted...]
-143,0</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4627,93 +4627,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4773,271 +4773,271 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-34,7</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59943,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5061,87 +5061,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-64523,1</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59943,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5161,630 +5161,661 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-64523,1</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59943,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-64523,1</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69609,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-74189,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50271,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-50160,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50271,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5804,196 +5835,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-50160,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50271,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6045,164 +6076,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-50160,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50140,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6295,541 +6326,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-50029,0</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+131,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-131,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16946,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-21526,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16946,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6849,196 +6880,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-21526,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16946,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7090,164 +7121,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-21526,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2377,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7340,123 +7371,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-2377,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+593,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7549,541 +7580,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-593,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13976,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-18556,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2388,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-2500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2388,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8103,196 +8134,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2388,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8344,259 +8375,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...207 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8666,51 +8488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500,0</w:t>
+2388,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25660,55 +25482,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>