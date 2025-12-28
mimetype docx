--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="322c861" w14:textId="322c861">
+    <w:p w14:paraId="13f6787" w14:textId="13f6787">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,51 +398,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 68481,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 71250,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 66112,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -470,141 +470,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 100,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері - 1969,0 мың теңге;</w:t>
+      трансферттердің түсімдері - 4738,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 76512,5 мың теңге;</w:t>
+      2)шығындар – 79281,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттер - 0 теңге,оның ішінде:</w:t>
+      3)таза бюджеттік кредиттер - 0 теңге,оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер- 0 теңге;</w:t>
+      бюджеттік кредиттер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
+      4)қаржы активтерімен жасалатын операциялар бойынша сальдо– 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -614,51 +614,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -8031,5 мың теңге;</w:t>
+      5)бюджет тапшылығы (профициті) – -8031,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 8031,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -714,61 +714,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 505</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1209,210 +1209,226 @@
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы - 46 228 теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 55,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 1914,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 4683,4 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Бозой ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 04.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған ауылдық округ бюджетін атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1674,61 +1690,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бозой ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 505</w:t>
+        <w:t>№ 525</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2287,51 +2303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68481,0</w:t>
+71250,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3533,51 +3549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 28425,0</w:t>
+28425,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5313,51 +5329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5509,51 +5525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5687,51 +5703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1969,0</w:t>
+4738,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5765,51 +5781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76512,5</w:t>
+79281,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5974,51 +5990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6183,51 +6199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6392,51 +6408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57668,7</w:t>
+63861,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6601,51 +6617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54363,7</w:t>
+60556,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6851,219 +6867,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05</w:t>
-[...167 lines deleted...]
-40,0</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7092,187 +7108,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...135 lines deleted...]
-40,0</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7437,51 +7453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,0</w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7574,332 +7590,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-40,0</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-18803,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14616,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7919,196 +7935,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1022,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14616,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8160,164 +8176,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1022,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8410,123 +8426,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-1022,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3991,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8546,886 +8562,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...834 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9527,51 +8707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7385,0</w:t>
+4656,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>