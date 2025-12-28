--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3f1edd1" w14:textId="3f1edd1">
+    <w:p w14:paraId="ef2c543" w14:textId="ef2c543">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,51 +398,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 101976,5 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 105416,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 67622,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -470,69 +470,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 11784,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 22542,0 мың теңге;</w:t>
+      трансферттердің түсімдері – 25982,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 117406,2 мың теңге;</w:t>
+      2) шығындар – 120846,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -714,61 +714,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 504</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1173,210 +1173,226 @@
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 54,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 22488,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 25928,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттің сомасын бөлу Бершүгір ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 474</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Бершүгір ауылдық округ бюджеттін атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1638,61 +1654,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бершүгір ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 504</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2251,51 +2267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101976,5</w:t>
+105416,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5455,51 +5471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5633,51 +5649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5811,51 +5827,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22542,0</w:t>
+25982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5889,51 +5905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117406,2</w:t>
+120846,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6061,88 +6077,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-72391,6</w:t>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6307,51 +6323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72391,6</w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6516,51 +6532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72391,6</w:t>
+75831,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6725,51 +6741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52836,1</w:t>
+56282,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6934,51 +6950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19555,5</w:t>
+19549,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7770,51 +7786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6372,7</w:t>
+4672,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8188,51 +8204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38267,9</w:t>
+39967,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8357,51 +8373,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Бюджет тапшылығы (профициті)</w:t>
+III. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8562,51 +8578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+IV. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>