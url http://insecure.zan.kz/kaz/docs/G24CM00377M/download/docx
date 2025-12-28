--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f201f8e" w14:textId="f201f8e">
+    <w:p w14:paraId="f61da21" w14:textId="f61da21">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 74231,2 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 77300,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 16585,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түскен түсімдер - 101,6 мың теңге;</w:t>
+      негізгі капиталды сатудан түскен түсімдер-101,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 57411,9 мың теңге;</w:t>
+      трансферттердің түсімдері – 60481,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 74663,1 мың теңге;</w:t>
+      2) шығындар – 77732,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 57348,9 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 60418,2 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Айшуақ ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Айшуақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2249,51 +2249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74231,2</w:t>
+77300,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4705,51 +4705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзге де салықтық емес түсімдер</w:t>
+Басқа да салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4883,51 +4883,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзге де салықтық емес түсімдер</w:t>
+Басқа да салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5631,51 +5631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5809,51 +5809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5987,51 +5987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6065,51 +6065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74663,1</w:t>
+77732,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6274,51 +6274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6483,51 +6483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6692,51 +6692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6901,51 +6901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53212,2</w:t>
+61181,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7110,51 +7110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2195,0</w:t>
+995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7319,51 +7319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17753,6</w:t>
+15553,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8155,51 +8155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17717,2</w:t>
+15517,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8364,51 +8364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17717,2</w:t>
+15517,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8991,887 +8991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13527,6</w:t>
-[...835 lines deleted...]
-1500,0</w:t>
+11327,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>