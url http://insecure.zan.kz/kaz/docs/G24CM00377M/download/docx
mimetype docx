--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f61da21" w14:textId="f61da21">
+    <w:p w14:paraId="651e463" w14:textId="651e463">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -305,50 +305,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Айшуақ ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -383,50 +384,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер - 77300,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -733,70 +735,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1041,90 +1043,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді сату, оның ішінде жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       материалдық емес активтерді сату, оның ішінде жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, 2025 жылдың 1 қаңтарынан бастап белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төмен мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1135,106 +1137,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы - 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға 63,0 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен 60418,2 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Айшуақ ауылдық округ әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1271,110 +1257,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Айшуақ ауылдық округ бюджетін атқару процесінде секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалардың тізбесі, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1636,61 +1622,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Айшуақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 522</w:t>
+        <w:t>№ 543</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6274,51 +6260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6483,51 +6469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6692,51 +6678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6901,51 +6887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61181,4</w:t>
+61622,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7110,51 +7096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-995,0</w:t>
+1035,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7319,51 +7305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15553,7</w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7392,187 +7378,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-36,4</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7737,51 +7723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36,4</w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7874,123 +7860,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-36,4</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3087,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8010,196 +7996,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15517,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1265,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8251,677 +8237,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...625 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8991,51 +8350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11327,7</w:t>
+10719,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27257,55 +26616,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>