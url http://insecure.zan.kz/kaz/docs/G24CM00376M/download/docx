--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1cb598d" w14:textId="1cb598d">
+    <w:p w14:paraId="23b41de" w14:textId="23b41de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,141 +398,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1381390,1 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 1408570,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 309674,3 мың теңге;</w:t>
+      салықтық түсімдер – 328694,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 3785,2 мың теңге;</w:t>
+      салықтық емес түсімдер – 4169,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 20405,1 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 20566,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 1047525,5 мың теңге;</w:t>
+      трансферттердің түсімдері – 1055140,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1474905,0 мың теңге;</w:t>
+      2) шығындар – 1502085,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -714,61 +714,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 501</w:t>
+        <w:t>№ 521</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1290,107 +1290,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған Шалқар қаласының бюджетіне аудандық бюджеттен 912369,5 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
+      5. 2025 жылға арналған Шалқар қаласының бюджетіне аудандық бюджеттен 919984,3 мың теңге сомасында ағымдағы нысаналы трансферт түскені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферт сомасын бөлу Шалқар қаласы әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 501</w:t>
+        <w:t>№ 521</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1738,61 +1738,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шалқар қалалық бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 09.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Шалқар аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 501</w:t>
+        <w:t>№ 521</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2351,51 +2351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1381390,1</w:t>
+1408570,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2529,51 +2529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-309674,3</w:t>
+328694,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2707,51 +2707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-187954,0</w:t>
+202446,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2885,51 +2885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-187954,0</w:t>
+202446,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3063,51 +3063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105520,3</w:t>
+109180,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3241,51 +3241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3650,0</w:t>
+4207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3419,51 +3419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3450,0</w:t>
+6679,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3597,51 +3597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97841,9</w:t>
+97675,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3775,51 +3775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-578,4</w:t>
+618,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3953,51 +3953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16200,0</w:t>
+17067,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4131,51 +4131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16000,0</w:t>
+16844,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4309,51 +4309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200,0</w:t>
+223,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4487,51 +4487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3785,2</w:t>
+4169,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4665,51 +4665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3785,2</w:t>
+4169,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4843,51 +4843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3785,2</w:t>
+4169,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5021,51 +5021,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20405,1</w:t>
+20566,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5199,51 +5199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20405,1</w:t>
+20566,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5377,51 +5377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14044,0</w:t>
+14090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5555,51 +5555,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6361,1</w:t>
+6476,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5733,51 +5733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1047525,5</w:t>
+1055140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5911,51 +5911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1047525,5</w:t>
+1055140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6089,51 +6089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1047525,5</w:t>
+1055140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6167,51 +6167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1474905,0</w:t>
+1502085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6376,51 +6376,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422725,2</w:t>
+435512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6585,51 +6585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422725,2</w:t>
+435512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6794,51 +6794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422725,2</w:t>
+435512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7003,51 +7003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159190,6</w:t>
+171177,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7212,51 +7212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-263534,6</w:t>
+264334,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7421,51 +7421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-220313,0</w:t>
+232996,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7594,87 +7594,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...35 lines deleted...]
-220313,0</w:t>
+Елді- мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+232996,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7839,51 +7839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-220313,0</w:t>
+232996,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8048,51 +8048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59566,0</w:t>
+68508,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8257,51 +8257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21584,0</w:t>
+24512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8466,51 +8466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139163,0</w:t>
+139975,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8675,51 +8675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-831866,6</w:t>
+833576,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8884,51 +8884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-831866,6</w:t>
+833576,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9093,51 +9093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-831866,6</w:t>
+833576,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9302,51 +9302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84729,2</w:t>
+86439,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10516,51 +10516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Бюджет тапшылығы (профициті)</w:t>
+III. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10721,51 +10721,647 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+IV. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93514,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93514,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93514,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>