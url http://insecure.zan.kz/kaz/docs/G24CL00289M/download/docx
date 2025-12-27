--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a19404c" w14:textId="a19404c">
+    <w:p w14:paraId="fd59f69" w14:textId="fd59f69">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -260,51 +260,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Тасөткел ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Тасөткель ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -338,51 +338,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 200 293 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 231 123 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 5 174 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -410,69 +410,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 195 119 мың теңге;</w:t>
+      трансферттер түсімі – 225 949 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 201 539 мың теңге;</w:t>
+      2) шығындар – 232 369 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -626,89 +626,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары 1246 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары 1 246 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 380</w:t>
+        <w:t>№ 401</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1497,61 +1497,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Tасөткел ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 380</w:t>
+        <w:t>№ 401</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2471,51 +2471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200 293</w:t>
+231 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2644,51 +2644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсiмдер</w:t>
+Салықтықтүсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2889,51 +2889,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800</w:t>
+2 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3098,51 +3098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800</w:t>
+2 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3307,51 +3307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2074</w:t>
+2 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3934,51 +3934,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024</w:t>
+2 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4143,51 +4143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024</w:t>
+2 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4979,51 +4979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 119</w:t>
+225 949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5184,51 +5184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 119</w:t>
+225 949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5389,481 +5389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 119</w:t>
-[...429 lines deleted...]
-36 009</w:t>
+225 949</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5930,51 +5500,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы(мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6988,51 +6558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-201 539</w:t>
+232 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7193,87 +6763,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+Жалпысипаттағымемлекеттiкқызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 021</w:t>
+169 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7470,51 +7040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 021</w:t>
+169 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7711,51 +7281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 021</w:t>
+169 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7952,51 +7522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 021</w:t>
+75 951</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8434,51 +8004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 910</w:t>
+36 840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8675,51 +8245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 000</w:t>
+93 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8916,51 +8486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 000</w:t>
+93 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9157,51 +8727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 118</w:t>
+47 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9398,51 +8968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 118</w:t>
+47 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9639,51 +9209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 118</w:t>
+47 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9880,51 +9450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 618</w:t>
+22 318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10121,51 +9691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1818</w:t>
+1 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10362,51 +9932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 800</w:t>
+20 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11326,51 +10896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+20 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11567,51 +11137,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+20 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12254,51 +11824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12495,51 +12065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қалаларда, ауылдарда, кенттерде, ауылдықокругтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13210,51 +12780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.Бюджет тапшылығын (профицитті пайдалану) қаржыландыру</w:t>
+VI. Бюджет тапшылығын (профицитті пайдалану) қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>