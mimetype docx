--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5acc64b" w14:textId="5acc64b">
+    <w:p w14:paraId="84c1794" w14:textId="84c1794">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Аққұдық ауылының бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Хромтау аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 278 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -238,51 +245,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Аққұдық ауылының бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -317,85 +323,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 52 345 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 69 688 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 2 800 мың теңге;</w:t>
+      салықтық түсімдер – 4 800 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -405,69 +410,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 49 545 мың теңге;</w:t>
+      трансферттер түсімі – 64 888 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 53 677 мың теңге;</w:t>
+      2) шығындар – 71 020 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -649,107 +654,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 369</w:t>
+        <w:t>№ 390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауыл бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -994,70 +999,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жыл 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төменгі мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1068,128 +1073,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерін есептеу үшін ең төменгі күнкөріс деңгейінің шамасы – 46 228 теңге болып белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Аққұдық ауылының бюджетіне аудандық бюджеттен 28 353 мың тенге соммасында субвенция көлемі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Аққұдық ауылының бюджетіне аудандық бюджеттен 1 800 мың тенге соммасындағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің сомаларын бөлу Аққұдық ауылы әкімінің шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1451,61 +1456,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аққұдық ауылының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 369</w:t>
+        <w:t>№ 390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1569,69 +1574,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2246,51 +2234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 345</w:t>
+69 688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2423,51 +2411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 800</w:t>
+4 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2954,51 +2942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 300</w:t>
+4 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3485,51 +3473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3662,51 +3650,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 200</w:t>
+2 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3839,51 +3827,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 545</w:t>
+64 688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4016,51 +4004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 545</w:t>
+64 688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4193,51 +4181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 545</w:t>
+64 688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4303,51 +4291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5157,51 +5145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 677</w:t>
+71 020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5366,51 +5354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 177</w:t>
+65 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5575,51 +5563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 177</w:t>
+65 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5784,51 +5772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 177</w:t>
+65 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5993,469 +5981,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 177</w:t>
+59 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3 700</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3 700</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй- коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6475,196 +6463,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 700</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендердің көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6716,582 +6704,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 700</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 800</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 800</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7311,160 +7299,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7552,128 +7540,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7793,128 +7781,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--1332.0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8039,505 +8031,501 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.Бюджет тапшылығын (профицитті пайдалану) қаржыландыру</w:t>
-[...35 lines deleted...]
-1332.0</w:t>
+V. Бюджет тапшылығы (профицит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1332.0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын (профицитті пайдалану) қаржыландыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1332.0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8557,50 +8545,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 332</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8702,51 +8899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1332.0</w:t>
+1 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>