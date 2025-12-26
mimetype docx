--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97ded92" w14:textId="97ded92">
+    <w:p w14:paraId="7df6b31" w14:textId="7df6b31">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -338,195 +338,195 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 3 342 841 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 3 603 745 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 670 618 мың теңге;</w:t>
+      салықтық түсімдер – 710 618 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0 мың теңге;</w:t>
+      салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 1 992 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 2 670 231 мың теңге;</w:t>
+      трансферттер түсімі – 2 891 135 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 3 662 806 мың теңге;</w:t>
+      2) шығындар – 3 923 710 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 мың теңге, оның ішінде:</w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер – 0 мың теңге;</w:t>
+      бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерiмен жасалатын операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -590,125 +590,125 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 319 965 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі – 0 мың теңге;</w:t>
+      қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0 мың теңге;</w:t>
+      қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 319 965 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 366</w:t>
+        <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1369,61 +1369,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Хромтау қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 366</w:t>
+        <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1488,51 +1488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы  (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2147,51 +2147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 342 841</w:t>
+3 603 745</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2324,51 +2324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-670 618</w:t>
+710 618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2501,51 +2501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-463 103</w:t>
+497 960</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2678,51 +2678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-463 103</w:t>
+497 960</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2855,51 +2855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-191 747</w:t>
+194 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3032,51 +3032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 824</w:t>
+7 724</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3386,51 +3386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 403</w:t>
+177 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3563,51 +3563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 768</w:t>
+18 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3704,87 +3704,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+Жер учаскелерін пайдаланғаны үшін төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 596</w:t>
+16 839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3985,57 +3985,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4058,51 +4062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4158,128 +4162,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
+Жер учаскелерін сатудан түскен түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4448,51 +4452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 670 231</w:t>
+2 891 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4625,51 +4629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 670 231</w:t>
+2 891 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4802,51 +4806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 670 231</w:t>
+2 891 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5766,51 +5770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 662 806</w:t>
+3 923 710</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5975,51 +5979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 662 806</w:t>
+207 988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6184,51 +6188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 662 806</w:t>
+207 988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6393,51 +6397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 974</w:t>
+207 988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6602,51 +6606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164 973</w:t>
+192 987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7856,51 +7860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 167 146</w:t>
+2 349 983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8065,51 +8069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 167 146</w:t>
+2 349 983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8274,51 +8278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 167 146</w:t>
+2 349 983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8483,51 +8487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-368 355</w:t>
+424 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8901,51 +8905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 709 916</w:t>
+1 836 927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9110,51 +9114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 311 618</w:t>
+1 361 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9319,51 +9323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 311 618</w:t>
+1 361 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9528,51 +9532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 311 618</w:t>
+1 361 671</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9946,51 +9950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-901 773</w:t>
+951 826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10115,51 +10119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V.Бюджет тапшылығы (профицит)</w:t>
+V. Бюджет тапшылығы (профицит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>