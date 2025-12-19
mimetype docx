--- v0 (2025-10-04)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="472a7c8" w14:textId="472a7c8">
+    <w:p w14:paraId="ea8e3d3" w14:textId="ea8e3d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,216 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 286 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
+      Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Бюджет кодексінің 85-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Темір аудандық мәслихаты 1ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 377</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025–2027 жылдарға арналған Шұбарқұдық ауылдық округ бюджеті осы шешімдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,159 +373,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 580 644 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 901 745 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 148 800 мың теңге;</w:t>
+      салықтық түсімдер – 188 826 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 6 300 мың теңге;</w:t>
+      салықтық емес түсімдер – 6 275 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 6 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 419 544 мың теңге, оның ішінде:</w:t>
+      трансферттер түсімдері – 700 644 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 9 902 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 587 212,4 мың теңге;</w:t>
+      2) шығындар – 908 313,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -485,51 +607,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -6 568,4 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 6 568,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 568,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,61 +707,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 360</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1170,108 +1292,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға аудандық бюджеттен Шұбарқұдық ауылдық округ бюджетіне берілетін субвенция көлемі 9 902 мың теңге сомасында көзделген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған Шұбарқұдық ауылдық округ бюджетінде аудандық бюджеттен 49 535 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
+      5. 2025 жылға арналған Шұбарқұдық ауылдық округ бюджетінде аудандық бюджеттен 281 100 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің аталған сомаларын бөлу Шұбарқұдық ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 360</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1678,61 +1800,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шұбарқұдық ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 360</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1796,52 +1918,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2271,51 +2410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-580644</w:t>
+901745</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2448,51 +2587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148800</w:t>
+188826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2625,51 +2764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115000</w:t>
+154353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2802,51 +2941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115000</w:t>
+154353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2979,51 +3118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31250</w:t>
+31074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3333,51 +3472,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3583,50 +3722,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3687,51 +3844,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2550</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3792,50 +3967,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3864,51 +4057,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2059</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3969,50 +4180,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4041,51 +4270,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1050</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4218,51 +4465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6300</w:t>
+6275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4395,51 +4642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6300</w:t>
+6275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4572,51 +4819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3500</w:t>
+5607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4749,51 +4996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800</w:t>
+668</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4926,51 +5173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800</w:t>
+668</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5457,405 +5704,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6000</w:t>
+4774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-419544</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1226</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-419544</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700644</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5875,50 +6122,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700644</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5988,76 +6412,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-419544</w:t>
+700644</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -6111,52 +6521,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6187,51 +6614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6745,51 +7172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-587212,4</w:t>
+908313,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6954,51 +7381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-221395</w:t>
+360202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7163,51 +7590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-221395</w:t>
+360202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7372,51 +7799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-221395</w:t>
+360202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7599,51 +8026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145624</w:t>
+148832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7808,51 +8235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75771</w:t>
+211370</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8017,51 +8444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-247104,3</w:t>
+429398,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8226,51 +8653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-247104,3</w:t>
+429398,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8435,51 +8862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-247104,3</w:t>
+429398,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8853,51 +9280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113615,3</w:t>
+109557,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9062,51 +9489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85489</w:t>
+271841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9826,50 +10253,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10035,50 +10480,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11761,51 +12224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдалынылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12219,64 +12682,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12329,52 +12778,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13174,64 +13640,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -13285,52 +13737,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13361,51 +13830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14124,51 +14593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--6568,4</w:t>
+- 6 568,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14293,112 +14762,98 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-6568,4</w:t>
+VІ. Бюджет тапшылығын қаржыландыру  (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 568,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14451,52 +14906,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14930,51 +15402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6568,4</w:t>
+6 568,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15107,51 +15579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6568,4</w:t>
+6 568,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15284,51 +15756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6568,4</w:t>
+6 568,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>