--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e553f88" w14:textId="e553f88">
+    <w:p w14:paraId="fc32787" w14:textId="fc32787">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,216 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 284 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
+      Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Бюджет кодексінің 85-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Темір аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 375</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025–2027 жылдарға арналған Тасқопа ауылдық округ бюджеті осы шешімдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,141 +373,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 66 592 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 67 295 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 5 104 мың теңге;</w:t>
+      салықтық түсімдер – 4 800 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 100 мың теңге;</w:t>
+      салықтық емес түсімдер – 404 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 61 388 мың теңге, оның ішінде:</w:t>
+      трансферттер түсімдері – 62 091 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 34 055 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 66 809,6 мың теңге;</w:t>
+      2) шығындар – 67 512,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -467,69 +589,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -217,6 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 217,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 217,6 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 217,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -567,61 +689,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1044,108 +1166,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға аудандық бюджеттен Тасқопа ауылдық округ бюджетіне берілетін субвенция көлемі 34 055 мың теңге сомасында көзделген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған Тасқопа ауылдық округ бюджетінде аудандық бюджеттен 27 261 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
+      5. 2025 жылға арналған Тасқопа ауылдық округ бюджетінде аудандық бюджеттен 27 964 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің аталған сомаларын бөлу Тасқопа ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1478,61 +1600,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тасқопа ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 358</w:t>
+        <w:t>№ 375</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1596,52 +1718,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2071,51 +2210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66592</w:t>
+67295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2248,51 +2387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5104</w:t>
+4800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2425,51 +2564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2602,51 +2741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2779,51 +2918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2954</w:t>
+2151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3133,51 +3272,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3310,51 +3449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1100</w:t>
+1120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3487,51 +3626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1744</w:t>
+927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3560,50 +3699,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3664,51 +3821,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3769,50 +3944,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3841,51 +4034,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4018,51 +4229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4195,51 +4406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4372,51 +4583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4549,51 +4760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4726,51 +4937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4903,76 +5114,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61388</w:t>
+62091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5026,52 +5223,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5102,51 +5316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5660,51 +5874,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66809,6</w:t>
+67512,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5869,51 +6083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6078,51 +6292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6287,51 +6501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45009,9</w:t>
+45712,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6514,51 +6728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43524,9</w:t>
+43442,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6723,51 +6937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1485</w:t>
+2270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7559,51 +7773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2365</w:t>
+2365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8741,87 +8955,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын салу және реконструкциялау</w:t>
+Аудандық қалалардың, ауылдардың, кенттердің, ауылдық округтердің автомобиль жолдарын салу және қайта жаңарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9562,50 +9794,68 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10907,64 +11157,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11017,52 +11253,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11814,112 +12067,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+Мемлекеттік бюджеттен берілген бюджеттік</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -11973,52 +12230,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12049,51 +12323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12571,51 +12845,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+IV. Қаржы активтерімен жасалатын</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12812,51 +13104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
--217,6 </w:t>
+- 217,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12981,112 +13273,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+VІ. Бюджет тапшылығын қаржыландыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 217,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13139,52 +13435,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13582,71 +13895,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Бюджет қаражатының пайдаланылатын</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 217,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>