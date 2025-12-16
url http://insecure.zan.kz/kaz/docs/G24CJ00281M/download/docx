--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15bc4cf" w14:textId="15bc4cf">
+    <w:p w14:paraId="cac2c92" w14:textId="cac2c92">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,107 +100,233 @@
         </w:rPr>
         <w:t>2025–2027 жылдарға арналған Кеңқияқ ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 281 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
+      Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Бюджет кодексінің 85-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Темір аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025–2027 жылдарға арналған Кеңқияқ ауылдық округінің бюджеті осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -235,175 +361,174 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3–қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 154 773,4 мың теңге, оның ішінде:</w:t>
+      кірістер – 157 473,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері – 78 400 мың теңге;</w:t>
+      салықтық түсімдер – 101 400 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 600 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 1 000 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 74 773,4 мың теңге, оның ішінде:</w:t>
+      трансферттер түсімдері – 54 473,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 545 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 162 072,8 мың теңге;</w:t>
+      2) шығындар – 164 772,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -431,51 +556,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -485,51 +628,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -7 299,4 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 7 299,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 7 299,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,107 +728,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кеңқияқ ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -930,90 +1073,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді және материалдық емес активтерді сату, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді сату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025–2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1060,110 +1203,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) айлық есептiк көрсеткiш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) базалық әлеуметтiк төлемдердiң мөлшерлерiн есептеу үшiн ең төмен күнкөрiс деңгейiнiң шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Темір аудандық мәслихатының 2024 жылғы 23 желтоқсандағы № 266 "2025–2027 жылдарға арналған Темір аудандық бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджеттен Кеңқияқ ауылдық округі бюджетіне берілетін субвенция көлемі 545 мың теңге сомасында көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Кеңқияқ ауылдық округ бюджетінде аудандық бюджеттен 30 890 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің сомаларын бөлу Кеңқияқ ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1200,108 +1343,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Кеңқияқ ауылдық округ бюджетінде республикалық бюджеттен 97 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің аталған сомаларын бөлу Кеңқияқ ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1550,61 +1693,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кеңқияқ ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1669,51 +1812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2143,51 +2286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154773,4</w:t>
+157473,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2320,51 +2463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78400</w:t>
+101400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2497,51 +2640,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42950</w:t>
+65950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2674,51 +2817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42950</w:t>
+65950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5329,51 +5472,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74773,4</w:t>
+54473,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5506,51 +5649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74773,4</w:t>
+54473,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5683,76 +5826,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74773,4</w:t>
+54473,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5806,52 +5935,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5882,51 +6028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6440,51 +6586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-162072,8</w:t>
+164772,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6649,51 +6795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102046</w:t>
+103246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6858,51 +7004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102046</w:t>
+103246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7067,51 +7213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102046</w:t>
+103246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7204,50 +7350,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7276,51 +7440,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89248</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7485,51 +7667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12798</w:t>
+13118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7694,51 +7876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59335,8</w:t>
+60835,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7903,51 +8085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59335,8</w:t>
+60835,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8112,51 +8294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59335,8</w:t>
+60835,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8739,51 +8921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27394,4</w:t>
+28894,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9503,107 +9685,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өңірлерді дамытудың 2025 жылға дейінгі мемлекеттік бағдарламасы шеңберінде өңірлерді экономикалық дамытуға жәрдемдесу бойынша шараларды іске асыруға ауылдық елді мекендерді жайластыруды шешуге арналған іс-шараларды іске асыру</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Өңірлерді дамытудың 2025 жылға дейінгі мемлекеттік бағдарламасы шеңберінде өңірлерді экономикалық дамуға жәрдемдесу бойынша шараларды іске асыруға ауылдық елді мекендерді жайластыруды шешуге арналған іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10375,51 +10593,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10833,64 +11069,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10944,51 +11166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11788,64 +12010,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -11899,52 +12107,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11975,51 +12200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12702,51 +12927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
+V. Бюд​жет тап​шы​лы​ғы (про​фи​ци​ті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12906,113 +13131,117 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+              <w:t xml:space="preserve">
+VІ. Бюд​жет тап​шы​лы​ғын қар​жы​лан​ды​ру </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(про​фи​ци​тін пай​да​ла​ну)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7299,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13066,51 +13295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>