--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9926428" w14:textId="9926428">
+    <w:p w14:paraId="a83516d" w14:textId="a83516d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,107 +100,233 @@
         </w:rPr>
         <w:t>2025–2027 жылдарға арналған Кеңестуы ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Темір аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 280 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін–өзі басқару туралы" Заңының </w:t>
+      Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Бюджет кодексінің 85-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Темір аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 371</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025–2027 жылдарға арналған Кеңестуы ауылдық округ бюджеті осы шешімдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -235,175 +361,174 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3–қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 105 736 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 108 590 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8 235 мың теңге;</w:t>
+      салықтық түсімдер – 4 164 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 296 мың теңге;</w:t>
+      салықтық емес түсімдер – 150 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 100 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 122 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 97 105 мың теңге, оның ішінде:</w:t>
+      трансферттер түсімдері – 98 402 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субвенция – 36 949 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 105 894 мың теңге;</w:t>
+      2) шығындар – 108 748 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,107 +710,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 354</w:t>
+        <w:t>№ 371</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кеңестуы ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -948,90 +1073,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді және материалдық емес активтерді сату, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерді сату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025–2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1078,164 +1203,180 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Темір аудандық мәслихатының 2024 жылғы 23 желтоқсандағы № 266 "2025–2027 жылдарға арналған Темір аудандық бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджеттен Кеңестуы ауылдық округі бюджетіне берілетін субвенция көлемі – 36 949 мың теңге сомасында көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған Кеңестуы ауылдық округ бюджетінде аудандық бюджеттен 60 029 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
+      5. 2025 жылға арналған Кеңестуы ауылдық округ бюджетінде аудандық бюджеттен 61 326 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің аталған сомаларын бөлу Кеңестуы ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 354</w:t>
+        <w:t>№ 371</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1254,70 +1395,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Кеңестуы ауылдық округ бюджетінде республикалық бюджеттен 127 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімдері ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағымдағы нысаналы трансферттердің аталған сомаларын бөлу Кеңестуы ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1566,61 +1707,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кеңестуы ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 25.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Темір аудандық мәслихатының 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 354</w:t>
+        <w:t>№ 371</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1685,51 +1826,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2159,51 +2300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105736</w:t>
+108590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2336,51 +2477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8235</w:t>
+9916</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2513,51 +2654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2700</w:t>
+4164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2690,51 +2831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2700</w:t>
+4164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2867,51 +3008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5535</w:t>
+5358</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3044,51 +3185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
+211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3221,51 +3362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3398,51 +3539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4000</w:t>
+4275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3575,51 +3716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800</w:t>
+848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3648,50 +3789,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3752,51 +3911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+394</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3929,51 +4088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+394</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4106,51 +4265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-296</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4283,51 +4442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-146</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4460,51 +4619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-146</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4637,51 +4796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+ 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4814,51 +4973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4991,51 +5150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5168,51 +5327,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5345,51 +5504,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5522,51 +5681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97105</w:t>
+98402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5699,51 +5858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 97105</w:t>
+ 98402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5876,76 +6035,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97105</w:t>
+98402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5999,52 +6144,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6075,51 +6237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6633,51 +6795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105894</w:t>
+108748</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6842,51 +7004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51552,1</w:t>
+53652,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7051,51 +7213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51552,1</w:t>
+53652,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7260,51 +7422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51552,1</w:t>
+53652,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7469,51 +7631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49837,1</w:t>
+51814,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7678,51 +7840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1715</w:t>
+1 838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7851,87 +8013,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-51641,1</w:t>
+Тұрғын үй–коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52395,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8096,51 +8258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51641,1</w:t>
+52395,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8305,51 +8467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51641,1</w:t>
+52395,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8514,51 +8676,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6800</w:t>
+9054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8932,51 +9094,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30201,1</w:t>
+28701,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11026,64 +11188,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11137,51 +11285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11981,64 +12129,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -12092,52 +12226,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Сомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12168,51 +12319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функционалдық топ</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13100,112 +13251,116 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+VІ. Бюджет тапшылығын қаржыландыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13259,51 +13414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>