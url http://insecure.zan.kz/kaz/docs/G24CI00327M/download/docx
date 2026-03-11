--- v0 (2025-11-10)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1e350da" w14:textId="1e350da">
+    <w:p w14:paraId="b05efc5" w14:textId="b05efc5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,141 +251,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 383 997 мың теңге:</w:t>
+      1) кірістер – 397 464 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 15 120 мың теңге;</w:t>
+      салықтық түсімдер – 19 191 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0 теңге;</w:t>
+      салықтық емес түсімдер – 1 344 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 2 352 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 9 311 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 366 525 мың теңге;</w:t>
+      трансферттер түсімі – 367 618 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 386 772,5 мың теңге:</w:t>
+      2) шығындар – 400 239,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,89 +539,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 2775,5 мың теңге.;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 2775,5 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 439</w:t>
+        <w:t>№ 481</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1079,61 +1079,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Еңбек ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 439</w:t>
+        <w:t>№ 481</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1197,69 +1197,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1689,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-383 997</w:t>
+397 464</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1866,51 +1849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 120</w:t>
+19 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2043,51 +2026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 280</w:t>
+5 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2220,51 +2203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 280</w:t>
+5 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2397,51 +2380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 440</w:t>
+11 860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2574,51 +2557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-284</w:t>
+263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2751,51 +2734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-412</w:t>
+1 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2928,51 +2911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 392</w:t>
+10 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3105,51 +3088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-352</w:t>
+589</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3282,51 +3265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2 400</w:t>
+ 1 853</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3459,228 +3442,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2 400</w:t>
+ 1 853</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-2 352</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3709,155 +3692,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-7</w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар,өсімпұлдар,санкциялар,өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3954,264 +3937,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
-[...35 lines deleted...]
-7</w:t>
+Мұнай секторы ұйымдарынан түсетін,бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар,өсімпұлдар,санкциялар,өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 345</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4231,164 +4214,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 500</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4449,477 +4432,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-845</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-366 525</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 959</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-366 525</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367 618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4939,50 +4922,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367 618</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5052,62 +5212,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-366 525</w:t>
+367 618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5338,51 +5512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджеттік бағдарламалардың әкiмшiсi</w:t>
+бюджеттік бағдарламалардың әкiмшiсі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5795,51 +5969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-386 772,5</w:t>
+400 239,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6004,51 +6178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 375,8</w:t>
+47 632,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6213,51 +6387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 375,8</w:t>
+47 632,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6422,51 +6596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 375,8</w:t>
+47 632,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6631,51 +6805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 239,8</w:t>
+45 496,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7049,51 +7223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 008</w:t>
+207 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7258,51 +7432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 008</w:t>
+207 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7467,51 +7641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 008</w:t>
+207 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7676,51 +7850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104 518</w:t>
+105 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8094,51 +8268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 990</w:t>
+91 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27414,55 +27588,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>