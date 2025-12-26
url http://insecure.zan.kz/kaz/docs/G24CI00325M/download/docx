--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf0b749" w14:textId="cf0b749">
+    <w:p w14:paraId="2f5ac02" w14:textId="2f5ac02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Батпақкөл ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Мұғалжар аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 325 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет Кодексінің 9-1 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -163,68 +156,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Мұғалжар аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Батпақкөл ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -259,156 +235,157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 230 294 мың теңге:</w:t>
+      1) кірістер – 262 003 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 62 833 мың теңге;</w:t>
+      салықтық түсімдер – 75 988 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0 теңге;</w:t>
+      салықтық емес түсімдер – 941 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 1 591 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 165 870 мың теңге;</w:t>
+      трансферттер түсімі – 183 483 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 248 086,4 мың теңге:</w:t>
+      2) шығындар – 279 795,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -590,127 +567,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 438</w:t>
+        <w:t>№ 480</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, 2025 жылдың 1 қаңтарынан бастап белгіленгені ескерілсін және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалақының ең төмен мөлшері – 85 000 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -721,90 +698,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен берілетін субвенция көлемі 33 130 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1066,61 +1043,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Батпақкөл ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 438</w:t>
+        <w:t>№ 480</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1184,69 +1161,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1676,51 +1636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230 294</w:t>
+262 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1853,51 +1813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 833</w:t>
+75 988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2030,51 +1990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 924</w:t>
+29 079</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2207,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 924</w:t>
+29 079</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3487,187 +3447,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-1 591</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3696,155 +3656,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-1 591</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3905,123 +3865,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-1 581</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4041,518 +4001,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-10</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-165 870</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-165 870</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4572,50 +4532,935 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 591</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 581</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183 483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4685,62 +5530,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 870</w:t>
+183 483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -4971,51 +5830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджеттік бағдарламалардың әкiмшiсi</w:t>
+бюджеттік бағдарламалардың әкiмшiсі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5210,51 +6069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-атауы</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5428,51 +6287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-248 086,4</w:t>
+279 795,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5637,51 +6496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 778</w:t>
+79 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5846,51 +6705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 778</w:t>
+79 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6055,51 +6914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 778</w:t>
+79 898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6264,51 +7123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 468</w:t>
+54 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6473,51 +7332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 310</w:t>
+25 310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6682,51 +7541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105 648</w:t>
+111 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6891,51 +7750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105 648</w:t>
+111 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7100,51 +7959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105 648</w:t>
+111 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7309,51 +8168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 164</w:t>
+68 753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27189,55 +28048,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>