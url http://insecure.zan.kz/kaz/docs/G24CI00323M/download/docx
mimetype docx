--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9808b3e" w14:textId="9808b3e">
+    <w:p w14:paraId="8db6634" w14:textId="8db6634">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ақкемер ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Мұғалжар аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 323 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет Кодексінің 9-1 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -163,68 +156,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Мұғалжар аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Ақкемер ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -259,156 +235,157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 158 806 мың теңге:</w:t>
+      1) кірістер – 161 003 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 23 600 мың теңге;</w:t>
+      салықтық түсімдер – 23 794 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 300 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 73 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 134 906 мың теңге;</w:t>
+      трансферттер түсімі – 136 836 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 163 118,9 мың теңге;</w:t>
+      2) шығындар – 165 315,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -562,155 +539,155 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 4312,9 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 4312,9 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 436</w:t>
+        <w:t>№ 478</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -757,90 +734,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңнамасына сәйкес жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу үшін, сондай-ақ айыппұл санкцияларын, салықтар мен басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш - 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төменгі күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Ақкемер ауылдық округ бюджетіне аудандық бюджеттен берілетін субвенция көлемі 39 725 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1102,61 +1079,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақкемер ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 436</w:t>
+        <w:t>№ 478</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1695,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158 806</w:t>
+161 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1872,51 +1849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 600</w:t>
+23 794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2049,51 +2026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 700</w:t>
+5 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2226,51 +2203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 700</w:t>
+5 931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2403,51 +2380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 200</w:t>
+8 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2580,51 +2557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2757,51 +2734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2934,51 +2911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 200</w:t>
+7 389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3111,51 +3088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+1065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3288,51 +3265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 700</w:t>
+9 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3465,51 +3442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 700</w:t>
+9 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4037,187 +4014,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-134 906</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4246,155 +4223,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-134 906</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4455,50 +4432,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4527,62 +5035,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-134 906</w:t>
+136 836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -4813,51 +5335,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджеттік бағдарламалардың әкiмшiсi</w:t>
+бюджеттік бағдарламалардың әкiмшiсі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5052,51 +5574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-атауы</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5270,51 +5792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-163118,9</w:t>
+165315,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5479,51 +6001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 364,7</w:t>
+48 222,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5688,51 +6210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 364,7</w:t>
+48 222,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5897,51 +6419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 364,7</w:t>
+48 222,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6106,51 +6628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 704,7</w:t>
+46 562,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6524,51 +7046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 735</w:t>
+86 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6733,51 +7255,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 735</w:t>
+86 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6942,51 +7464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 735</w:t>
+86 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7151,51 +7673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 382</w:t>
+57 406,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7360,51 +7882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 353</w:t>
+28 667,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27095,55 +27617,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>